--- v0 (2025-10-18)
+++ v1 (2026-03-04)
@@ -1,59 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="26AF819C" w14:textId="73C50D24" w:rsidR="00235E24" w:rsidRPr="00B60BC4" w:rsidRDefault="004C53FD" w:rsidP="00D50E5C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F2D59B0" wp14:editId="7D16C015">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -624,100 +623,100 @@
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="00B60BC4">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="00B60BC4">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="00B60BC4">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                               </w:rPr>
                               <w:tab/>
                               <w:t>CACHE Level 3 Certificate in Supporting Teaching &amp; Learning</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="02CFFB37" w14:textId="64B029F0" w:rsidR="00B60BC4" w:rsidRPr="00B60BC4" w:rsidRDefault="00B60BC4" w:rsidP="00B60BC4">
+                          <w:p w14:paraId="02CFFB37" w14:textId="7C4347F2" w:rsidR="00B60BC4" w:rsidRPr="00B60BC4" w:rsidRDefault="00B60BC4" w:rsidP="00B60BC4">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00B60BC4">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Closing Date:  </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00B60BC4">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="00B60BC4">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="00B60BC4">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidR="00BA3FDF">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                               <w:t>June 202</w:t>
                             </w:r>
-                            <w:r w:rsidR="002923B6">
+                            <w:r w:rsidR="00FE671B">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7FE51477" w14:textId="7186F821" w:rsidR="00B60BC4" w:rsidRPr="00B60BC4" w:rsidRDefault="00B60BC4" w:rsidP="00B60BC4">
+                          <w:p w14:paraId="7FE51477" w14:textId="3FFA8A1D" w:rsidR="00B60BC4" w:rsidRPr="00B60BC4" w:rsidRDefault="00B60BC4" w:rsidP="00B60BC4">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00B60BC4">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                               <w:t>Interviews:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00B60BC4">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="00B60BC4">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="00B60BC4">
                               <w:rPr>
@@ -727,55 +726,55 @@
                             </w:r>
                             <w:r w:rsidRPr="00B60BC4">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="00B60BC4">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidR="003901E1">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                               <w:t>Late June /</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00B60BC4">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
                               <w:t>Early July 202</w:t>
                             </w:r>
-                            <w:r w:rsidR="002923B6">
+                            <w:r w:rsidR="00C25A2A">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="3C2D4FAE" w14:textId="55AE78AF" w:rsidR="00307188" w:rsidRPr="00CE1C78" w:rsidRDefault="00307188" w:rsidP="00D50E5C">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00CE1C78">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
@@ -839,100 +838,100 @@
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="00B60BC4">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="00B60BC4">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="00B60BC4">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                         </w:rPr>
                         <w:tab/>
                         <w:t>CACHE Level 3 Certificate in Supporting Teaching &amp; Learning</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="02CFFB37" w14:textId="64B029F0" w:rsidR="00B60BC4" w:rsidRPr="00B60BC4" w:rsidRDefault="00B60BC4" w:rsidP="00B60BC4">
+                    <w:p w14:paraId="02CFFB37" w14:textId="7C4347F2" w:rsidR="00B60BC4" w:rsidRPr="00B60BC4" w:rsidRDefault="00B60BC4" w:rsidP="00B60BC4">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00B60BC4">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Closing Date:  </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00B60BC4">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="00B60BC4">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="00B60BC4">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidR="00BA3FDF">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                         <w:t>June 202</w:t>
                       </w:r>
-                      <w:r w:rsidR="002923B6">
+                      <w:r w:rsidR="00FE671B">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="7FE51477" w14:textId="7186F821" w:rsidR="00B60BC4" w:rsidRPr="00B60BC4" w:rsidRDefault="00B60BC4" w:rsidP="00B60BC4">
+                    <w:p w14:paraId="7FE51477" w14:textId="3FFA8A1D" w:rsidR="00B60BC4" w:rsidRPr="00B60BC4" w:rsidRDefault="00B60BC4" w:rsidP="00B60BC4">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00B60BC4">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                         <w:t>Interviews:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00B60BC4">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="00B60BC4">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="00B60BC4">
                         <w:rPr>
@@ -942,55 +941,55 @@
                       </w:r>
                       <w:r w:rsidRPr="00B60BC4">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="00B60BC4">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidR="003901E1">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                         <w:t>Late June /</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00B60BC4">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
                         <w:t>Early July 202</w:t>
                       </w:r>
-                      <w:r w:rsidR="002923B6">
+                      <w:r w:rsidR="00C25A2A">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="3C2D4FAE" w14:textId="55AE78AF" w:rsidR="00307188" w:rsidRPr="00CE1C78" w:rsidRDefault="00307188" w:rsidP="00D50E5C">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00CE1C78">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C85E67A" w14:textId="49E7DEE1" w:rsidR="000B2498" w:rsidRPr="00B60BC4" w:rsidRDefault="000B2498" w:rsidP="00D50E5C">
       <w:pPr>
@@ -1556,63 +1555,77 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Home Phone No</w:t>
             </w:r>
             <w:r w:rsidR="00235E24" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D7FD9CE" w14:textId="77777777" w:rsidR="00E32795" w:rsidRPr="00B60BC4" w:rsidRDefault="00E32795" w:rsidP="00282F8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD37AA5" w14:textId="77777777" w:rsidR="000B2498" w:rsidRPr="00B60BC4" w:rsidRDefault="000B2498" w:rsidP="008E49A7">
-[...11 lines deleted...]
-              <w:t>Resident at this address since (Date)</w:t>
+          <w:p w14:paraId="1CD37AA5" w14:textId="518F4825" w:rsidR="000B2498" w:rsidRPr="00B60BC4" w:rsidRDefault="000B2498" w:rsidP="008E49A7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60BC4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Resident at this address since (</w:t>
+            </w:r>
+            <w:r w:rsidR="00684AB4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Month/Year</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60BC4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00235E24" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B2498" w:rsidRPr="00B60BC4" w14:paraId="3AA731D2" w14:textId="77777777" w:rsidTr="00D06370">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52BD727A" w14:textId="77777777" w:rsidR="000B2498" w:rsidRPr="00B60BC4" w:rsidRDefault="000B2498" w:rsidP="00282F8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2738,163 +2751,154 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="23808F64" w14:textId="77777777" w:rsidR="00F56CA6" w:rsidRPr="00B60BC4" w:rsidRDefault="00F56CA6" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Insert your National Insurance Number:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1609B64A" w14:textId="77777777" w:rsidR="00F56CA6" w:rsidRPr="00B60BC4" w:rsidRDefault="00F56CA6" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DA2E8E3" w14:textId="77777777" w:rsidR="00F56CA6" w:rsidRPr="00B60BC4" w:rsidRDefault="00F56CA6" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DCD0230" w14:textId="77777777" w:rsidR="00F56CA6" w:rsidRPr="00B60BC4" w:rsidRDefault="00F56CA6" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CD9CE57" w14:textId="77777777" w:rsidR="00F56CA6" w:rsidRPr="00B60BC4" w:rsidRDefault="00F56CA6" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4ACDD6D1" w14:textId="77777777" w:rsidR="00F56CA6" w:rsidRPr="00B60BC4" w:rsidRDefault="00F56CA6" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55B6E977" w14:textId="77777777" w:rsidR="00F56CA6" w:rsidRPr="00B60BC4" w:rsidRDefault="00F56CA6" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65275664" w14:textId="77777777" w:rsidR="00F56CA6" w:rsidRPr="00B60BC4" w:rsidRDefault="00F56CA6" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="312A2434" w14:textId="77777777" w:rsidR="00F56CA6" w:rsidRPr="00B60BC4" w:rsidRDefault="00F56CA6" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38BBAB9E" w14:textId="77777777" w:rsidR="00F56CA6" w:rsidRPr="00B60BC4" w:rsidRDefault="00F56CA6" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="10FD43D6" w14:textId="77777777" w:rsidR="00CE1C78" w:rsidRPr="00B60BC4" w:rsidRDefault="00CE1C78" w:rsidP="00014C37">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F201BC4" w14:textId="77777777" w:rsidR="003C3C21" w:rsidRPr="00B60BC4" w:rsidRDefault="003C3C21" w:rsidP="00486C12">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
@@ -2903,1171 +2907,1296 @@
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SECTION 4 – SOURCE OF APPLICATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD622CA" w14:textId="77777777" w:rsidR="003C3C21" w:rsidRPr="00B60BC4" w:rsidRDefault="003C3C21" w:rsidP="00014C37">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B019180" w14:textId="77777777" w:rsidR="003C3C21" w:rsidRPr="00B60BC4" w:rsidRDefault="003C3C21" w:rsidP="00014C37">
+    <w:p w14:paraId="4B019180" w14:textId="77777777" w:rsidR="003C3C21" w:rsidRDefault="003C3C21" w:rsidP="00014C37">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Where did you see the vacancy advertised?</w:t>
       </w:r>
       <w:r w:rsidR="001B7647" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please specify</w:t>
       </w:r>
       <w:r w:rsidR="00497E45" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="04088132" w14:textId="55511096" w:rsidR="00444165" w:rsidRDefault="00444165">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1282"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F637E4" w14:textId="77777777" w:rsidR="00444165" w:rsidRPr="00B60BC4" w:rsidRDefault="00444165" w:rsidP="00014C37">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="1637A78E" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7023B412" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00486C12">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SECTION 5 – SECONDARY EDUCATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24C00D4D" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76CB1910" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="76CB1910" w14:textId="77777777" w:rsidR="001B7647" w:rsidRDefault="001B7647" w:rsidP="00014C37">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Detail here any qualifications held (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>continue on</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a separate sheet if necessary).</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4A890184" w14:textId="77777777" w:rsidR="00DF768B" w:rsidRDefault="00DF768B" w:rsidP="00014C37">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7508"/>
+        <w:gridCol w:w="3255"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DF768B" w:rsidRPr="00DF768B" w14:paraId="4677C3DE" w14:textId="77777777" w:rsidTr="00DF768B">
+        <w:trPr>
+          <w:trHeight w:val="578"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17F824B5" w14:textId="77777777" w:rsidR="00DF768B" w:rsidRPr="00DF768B" w:rsidRDefault="00DF768B" w:rsidP="00DF768B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF768B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Secondary education attended (Name and Location)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25A5032E" w14:textId="77777777" w:rsidR="00DF768B" w:rsidRPr="00DF768B" w:rsidRDefault="00DF768B" w:rsidP="00DF768B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF768B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dates attended (Month/YYYY)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF768B" w:rsidRPr="00DF768B" w14:paraId="3DF6F083" w14:textId="77777777" w:rsidTr="00DF768B">
+        <w:trPr>
+          <w:trHeight w:val="562"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EDDB363" w14:textId="77777777" w:rsidR="00DF768B" w:rsidRPr="00DF768B" w:rsidRDefault="00DF768B" w:rsidP="00DF768B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A379F93" w14:textId="77777777" w:rsidR="00DF768B" w:rsidRPr="00DF768B" w:rsidRDefault="00DF768B" w:rsidP="00DF768B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72F1B699" w14:textId="77777777" w:rsidR="00DF768B" w:rsidRPr="00DF768B" w:rsidRDefault="00DF768B" w:rsidP="00DF768B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="60751AA2" w14:textId="77777777" w:rsidR="0099514D" w:rsidRPr="00B60BC4" w:rsidRDefault="0099514D" w:rsidP="00014C37">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="688D6FB3" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3692"/>
         <w:gridCol w:w="4016"/>
         <w:gridCol w:w="1395"/>
         <w:gridCol w:w="1660"/>
       </w:tblGrid>
       <w:tr w:rsidR="000F4340" w:rsidRPr="00B60BC4" w14:paraId="7B1450D5" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15030DA8" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Subject</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="312FA187" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Qualification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B547410" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41F5503F" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Month and Year obtained (Mandatory)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F4340" w:rsidRPr="00B60BC4" w14:paraId="58246BC5" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="556DF450" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7642817E" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="706EB635" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6250FDC5" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F4340" w:rsidRPr="00B60BC4" w14:paraId="375AB920" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0847526A" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33316AED" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09DFC557" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68A259C5" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F4340" w:rsidRPr="00B60BC4" w14:paraId="10ABD065" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E7CE34F" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="082909A5" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2963BE68" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="728C6FD9" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F4340" w:rsidRPr="00B60BC4" w14:paraId="4C19C040" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A667036" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36EB7FF7" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0398F0FD" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D61CD9D" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F4340" w:rsidRPr="00B60BC4" w14:paraId="0AEDC761" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12F12448" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48098724" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="309257A1" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79389660" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F4340" w:rsidRPr="00B60BC4" w14:paraId="3B745F9D" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F069A4B" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B5A2915" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CE6CB71" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D178C75" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F4340" w:rsidRPr="00B60BC4" w14:paraId="721C023B" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A84CE4B" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53EAFF4B" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7950B762" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28983452" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A326B1" w:rsidRPr="00B60BC4" w14:paraId="5132CFF0" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="378E8679" w14:textId="77777777" w:rsidR="00A326B1" w:rsidRPr="00B60BC4" w:rsidRDefault="00A326B1" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71C99F4E" w14:textId="77777777" w:rsidR="00A326B1" w:rsidRPr="00B60BC4" w:rsidRDefault="00A326B1" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EF15AE3" w14:textId="77777777" w:rsidR="00A326B1" w:rsidRPr="00B60BC4" w:rsidRDefault="00A326B1" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C389180" w14:textId="77777777" w:rsidR="00A326B1" w:rsidRPr="00B60BC4" w:rsidRDefault="00A326B1" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A326B1" w:rsidRPr="00B60BC4" w14:paraId="11AF10F2" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25600E85" w14:textId="77777777" w:rsidR="00A326B1" w:rsidRPr="00B60BC4" w:rsidRDefault="00A326B1" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7119C01B" w14:textId="77777777" w:rsidR="00A326B1" w:rsidRPr="00B60BC4" w:rsidRDefault="00A326B1" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03EBCA11" w14:textId="77777777" w:rsidR="00A326B1" w:rsidRPr="00B60BC4" w:rsidRDefault="00A326B1" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07B3A434" w14:textId="77777777" w:rsidR="00A326B1" w:rsidRPr="00B60BC4" w:rsidRDefault="00A326B1" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B7647" w:rsidRPr="00B60BC4" w14:paraId="483A06CE" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0429D448" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53C182C1" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41C21395" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D76236E" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B7647" w:rsidRPr="00B60BC4" w14:paraId="6B2ABC09" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7523F07D" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7ECDDB93" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A6D9375" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18BECF7D" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B7647" w:rsidRPr="00B60BC4" w14:paraId="44B61A2C" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="617C8600" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="012D9B06" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DA0F3AB" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32B0D3B2" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B7647" w:rsidRPr="00B60BC4" w14:paraId="7B0D6391" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1916E0E7" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DBECC5F" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BB312CE" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FE54ED0" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B7647" w:rsidRPr="00B60BC4" w14:paraId="35B7C41B" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BB1A1FE" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78A071E6" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E3E8296" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F247C0C" w14:textId="77777777" w:rsidR="001B7647" w:rsidRPr="00B60BC4" w:rsidRDefault="001B7647" w:rsidP="00014C37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="086EB988" w14:textId="71CE523E" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="008D3F6E" w:rsidP="001062F4">
-      <w:pPr>
+    <w:p w14:paraId="086EB988" w14:textId="71CE523E" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="008D3F6E" w:rsidP="001671F6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="000F4340" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>SECTION 6 – FURTHER EDUCATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AD042D7" w14:textId="77777777" w:rsidR="007016D5" w:rsidRPr="00B60BC4" w:rsidRDefault="007016D5" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42A100EE" w14:textId="77777777" w:rsidR="007016D5" w:rsidRPr="00B60BC4" w:rsidRDefault="00A326B1" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4125,479 +4254,542 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="35AD8799" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2116"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2060"/>
+        <w:gridCol w:w="1766"/>
+        <w:gridCol w:w="1642"/>
+        <w:gridCol w:w="2252"/>
+        <w:gridCol w:w="1631"/>
+        <w:gridCol w:w="1647"/>
+        <w:gridCol w:w="1825"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F4340" w:rsidRPr="00B60BC4" w14:paraId="24D58A90" w14:textId="77777777" w:rsidTr="001B7647">
-[...5 lines deleted...]
-          <w:p w14:paraId="5D37C9F4" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+      <w:tr w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w14:paraId="24D58A90" w14:textId="77777777" w:rsidTr="00677B5A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D37C9F4" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>School, College or University</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="404B7985" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="404B7985" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Subject</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2A81C207" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A81C207" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Qualification/Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2230" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4EFD50CC" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="1700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFD50CC" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2092" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="67117C2C" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="1430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A22BED7" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B60BC4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Year Obtained</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D62B23" w:rsidRPr="00B60BC4">
+              <w:t>Date attended</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C81EFB1" w14:textId="5A58DAEC" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / Examination Date</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(Month/YYYY)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67117C2C" w14:textId="1CE15B8D" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60BC4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Year Obtained / Examination Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F4340" w:rsidRPr="00B60BC4" w14:paraId="794E5C1B" w14:textId="77777777" w:rsidTr="001B7647">
-[...5 lines deleted...]
-          <w:p w14:paraId="2F318357" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+      <w:tr w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w14:paraId="794E5C1B" w14:textId="77777777" w:rsidTr="00677B5A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F318357" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="19886FF5" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19886FF5" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="223BCB32" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="223BCB32" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2230" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6AEEF1B0" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="1700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEEF1B0" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2092" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6BBAD370" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="1430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5565B3BE" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BBAD370" w14:textId="2ED5A69D" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F4340" w:rsidRPr="00B60BC4" w14:paraId="727D06E1" w14:textId="77777777" w:rsidTr="001B7647">
-[...5 lines deleted...]
-          <w:p w14:paraId="4E3071B7" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+      <w:tr w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w14:paraId="727D06E1" w14:textId="77777777" w:rsidTr="00677B5A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3071B7" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="338767B3" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="338767B3" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6CA21F48" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA21F48" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2230" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="22970485" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="1700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22970485" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2092" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1695236F" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="1430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8AE28F" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1695236F" w14:textId="6AC90327" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E32795" w:rsidRPr="00B60BC4" w14:paraId="022A6370" w14:textId="77777777" w:rsidTr="001B7647">
-[...5 lines deleted...]
-          <w:p w14:paraId="417DD05D" w14:textId="77777777" w:rsidR="00E32795" w:rsidRPr="00B60BC4" w:rsidRDefault="00E32795" w:rsidP="00D50E5C">
+      <w:tr w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w14:paraId="022A6370" w14:textId="77777777" w:rsidTr="00677B5A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="417DD05D" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="12AF458C" w14:textId="77777777" w:rsidR="00E32795" w:rsidRPr="00B60BC4" w:rsidRDefault="00E32795" w:rsidP="00D50E5C">
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12AF458C" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="690BC374" w14:textId="77777777" w:rsidR="00E32795" w:rsidRPr="00B60BC4" w:rsidRDefault="00E32795" w:rsidP="00D50E5C">
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="690BC374" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2230" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="035630CE" w14:textId="77777777" w:rsidR="00E32795" w:rsidRPr="00B60BC4" w:rsidRDefault="00E32795" w:rsidP="00D50E5C">
+            <w:tcW w:w="1700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="035630CE" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2092" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1C9B0563" w14:textId="77777777" w:rsidR="00E32795" w:rsidRPr="00B60BC4" w:rsidRDefault="00E32795" w:rsidP="00D50E5C">
+            <w:tcW w:w="1430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A011829" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9B0563" w14:textId="1B398DC9" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F4340" w:rsidRPr="00B60BC4" w14:paraId="7A64EE10" w14:textId="77777777" w:rsidTr="001B7647">
-[...5 lines deleted...]
-          <w:p w14:paraId="2F356334" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+      <w:tr w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w14:paraId="7A64EE10" w14:textId="77777777" w:rsidTr="00677B5A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1813" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F356334" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2E2B9F7B" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2B9F7B" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5A91F724" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A91F724" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2230" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2CC30888" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="1700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC30888" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2092" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="512B04D3" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
+            <w:tcW w:w="1430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E5CF7BE" w14:textId="77777777" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="512B04D3" w14:textId="743B9F58" w:rsidR="00677B5A" w:rsidRPr="00B60BC4" w:rsidRDefault="00677B5A" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D0DCCBC" w14:textId="77777777" w:rsidR="000F4340" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4340" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6573F195" w14:textId="77777777" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="00486C12">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
@@ -4607,397 +4799,409 @@
         <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SECTION 7 – COURSES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C07BE31" w14:textId="77777777" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40182834" w14:textId="42BFEBAF" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="00D50E5C">
+    <w:p w14:paraId="40182834" w14:textId="6863138B" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Please give details of recent significant in-service training courses etc. attended.  (</w:t>
+        <w:t xml:space="preserve">Please give details of recent significant </w:t>
+      </w:r>
+      <w:r w:rsidR="0048614A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&amp; relevant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60BC4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> training courses attended.  (</w:t>
       </w:r>
       <w:r w:rsidR="00E32795" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Continue</w:t>
       </w:r>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on a separate sheet if necessary).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79CB3AE3" w14:textId="77777777" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11023" w:type="dxa"/>
+        <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2943"/>
-        <w:gridCol w:w="5954"/>
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="4140"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003048AE" w:rsidRPr="00B60BC4" w14:paraId="1E187B00" w14:textId="77777777" w:rsidTr="003048AE">
+      <w:tr w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w14:paraId="1E187B00" w14:textId="50321F46" w:rsidTr="00CC0478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="049F1B2B" w14:textId="77777777" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="003048AE">
+          </w:tcPr>
+          <w:p w14:paraId="049F1B2B" w14:textId="77777777" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Organising Body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5954" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="66E1E81B" w14:textId="77777777" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="003048AE">
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E1E81B" w14:textId="77777777" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nature/Title of Course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="03924973" w14:textId="77777777" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="003048AE">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03924973" w14:textId="17450967" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Dates</w:t>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> started</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE68EE2" w14:textId="18FCB401" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003048AE" w:rsidRPr="00B60BC4" w14:paraId="1E3D15FA" w14:textId="77777777" w:rsidTr="003048AE">
+      <w:tr w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w14:paraId="1E3D15FA" w14:textId="51C38821" w:rsidTr="00CC0478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C3367A6" w14:textId="77777777" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="003048AE">
+          </w:tcPr>
+          <w:p w14:paraId="2C3367A6" w14:textId="77777777" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5954" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4B1C0B11" w14:textId="77777777" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="003048AE">
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B1C0B11" w14:textId="77777777" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0DE17B1F" w14:textId="77777777" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="003048AE">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE17B1F" w14:textId="77777777" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="554A2F71" w14:textId="77777777" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003048AE" w:rsidRPr="00B60BC4" w14:paraId="57C48342" w14:textId="77777777" w:rsidTr="00E32795">
+      <w:tr w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w14:paraId="57C48342" w14:textId="570CBFD3" w:rsidTr="00CC0478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2880D6C3" w14:textId="77777777" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="003048AE">
+          </w:tcPr>
+          <w:p w14:paraId="2880D6C3" w14:textId="77777777" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="71BBC07E" w14:textId="77777777" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="003048AE">
+          </w:tcPr>
+          <w:p w14:paraId="71BBC07E" w14:textId="77777777" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4AD490D1" w14:textId="77777777" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="003048AE">
+          </w:tcPr>
+          <w:p w14:paraId="4AD490D1" w14:textId="77777777" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F27DBCB" w14:textId="77777777" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E32795" w:rsidRPr="00B60BC4" w14:paraId="26DD569D" w14:textId="77777777" w:rsidTr="00E32795">
+      <w:tr w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w14:paraId="26DD569D" w14:textId="737A35DF" w:rsidTr="00CC0478">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="28EC52F2" w14:textId="77777777" w:rsidR="00E32795" w:rsidRPr="00B60BC4" w:rsidRDefault="00E32795" w:rsidP="003048AE">
+          </w:tcPr>
+          <w:p w14:paraId="28EC52F2" w14:textId="77777777" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5954" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0D36CAD6" w14:textId="77777777" w:rsidR="00E32795" w:rsidRPr="00B60BC4" w:rsidRDefault="00E32795" w:rsidP="003048AE">
+          </w:tcPr>
+          <w:p w14:paraId="0D36CAD6" w14:textId="77777777" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0A101AB5" w14:textId="77777777" w:rsidR="00E32795" w:rsidRPr="00B60BC4" w:rsidRDefault="00E32795" w:rsidP="003048AE">
+          </w:tcPr>
+          <w:p w14:paraId="0A101AB5" w14:textId="77777777" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...54 lines deleted...]
-          <w:p w14:paraId="475F5CCB" w14:textId="77777777" w:rsidR="003048AE" w:rsidRPr="00B60BC4" w:rsidRDefault="003048AE" w:rsidP="003048AE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3271900B" w14:textId="77777777" w:rsidR="00CC0478" w:rsidRPr="00B60BC4" w:rsidRDefault="00CC0478" w:rsidP="003048AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4623DED7" w14:textId="77777777" w:rsidR="007016D5" w:rsidRPr="00B60BC4" w:rsidRDefault="007016D5" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CD9E7F1" w14:textId="77777777" w:rsidR="00B7675D" w:rsidRPr="00B60BC4" w:rsidRDefault="00B7675D" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5030,122 +5234,140 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – EMPLOYMENT DETAILS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0923B938" w14:textId="77777777" w:rsidR="007016D5" w:rsidRPr="00B60BC4" w:rsidRDefault="007016D5" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A855E0E" w14:textId="77777777" w:rsidR="002D2A8F" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="008523DE">
+    <w:p w14:paraId="3A855E0E" w14:textId="4C0A9B04" w:rsidR="002D2A8F" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="008523DE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Have you previously worked</w:t>
       </w:r>
       <w:r w:rsidR="002D2A8F" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="00550071" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00C2507D" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="00550071" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>currently working</w:t>
       </w:r>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for N</w:t>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C262B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00550071" w:rsidRPr="008C262B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>orth Yorkshire Council</w:t>
       </w:r>
       <w:r w:rsidR="00550071" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>orth Yorkshire County Council?</w:t>
+        <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="008F2004" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F2004" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(An employee is defined as someone who is paid directly by NYCC and does not include those working in a voluntary capacity or via an agency)</w:t>
+        <w:t>(An employee is defined as someone who is paid directly by NYC and does not include those working in a voluntary capacity or via an agency)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29760838" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00550071" w:rsidP="00032383">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes</w:t>
       </w:r>
       <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
@@ -5271,328 +5493,329 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5380"/>
         <w:gridCol w:w="5383"/>
       </w:tblGrid>
       <w:tr w:rsidR="00032383" w:rsidRPr="00B60BC4" w14:paraId="0700CC48" w14:textId="77777777" w:rsidTr="005A4C76">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E71DA57" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00032383">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Manager’s name</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and job title</w:t>
             </w:r>
             <w:r w:rsidR="008D4710" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30D20303" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00032383">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5383" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03CA67E7" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00032383">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Job Title</w:t>
             </w:r>
             <w:r w:rsidR="008D4710" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00032383" w:rsidRPr="00B60BC4" w14:paraId="580D1A61" w14:textId="77777777" w:rsidTr="005A4C76">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44A9A4F2" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00032383">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Place of work</w:t>
             </w:r>
             <w:r w:rsidR="008D4710" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B29B9FF" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00032383">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5383" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AD13C8F" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00032383">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Employment star</w:t>
+              <w:t xml:space="preserve">Employment </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B60BC4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>star</w:t>
             </w:r>
             <w:r w:rsidR="005375FE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> date (Month/YYYY)</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00032383" w:rsidRPr="00B60BC4" w14:paraId="5B81C515" w14:textId="77777777" w:rsidTr="005A4C76">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09B9F2AD" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00032383">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Employment end date (Month/YYYY)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D9F9EDB" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00550071" w:rsidP="00032383">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(if applicable)</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5383" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F9E0064" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00032383">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reason for leaving</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00032383" w:rsidRPr="00B60BC4" w14:paraId="0E1FA4AD" w14:textId="77777777" w:rsidTr="005A4C76">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C729EC8" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="001C15E5" w:rsidP="001C15E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Number on roll</w:t>
             </w:r>
             <w:r w:rsidR="009A705B" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="009A705B" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>teaching roles only)</w:t>
             </w:r>
             <w:r w:rsidR="008D4710" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5383" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74422490" w14:textId="77777777" w:rsidR="001C15E5" w:rsidRPr="00B60BC4" w:rsidRDefault="001C15E5" w:rsidP="001C15E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Age Range</w:t>
             </w:r>
             <w:r w:rsidR="009A705B" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="009A705B" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -5605,97 +5828,95 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28819436" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00032383">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C15E5" w:rsidRPr="00B60BC4" w14:paraId="7E9FF36E" w14:textId="77777777" w:rsidTr="005A4C76">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5380" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6EFD3824" w14:textId="77777777" w:rsidR="001C15E5" w:rsidRPr="00B60BC4" w:rsidRDefault="001C15E5" w:rsidP="001C15E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Employee reference</w:t>
             </w:r>
             <w:r w:rsidR="0022512F" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> number</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="035FBF3C" w14:textId="77777777" w:rsidR="001C15E5" w:rsidRPr="00B60BC4" w:rsidRDefault="001C15E5" w:rsidP="001C15E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5383" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B38018B" w14:textId="77777777" w:rsidR="001C15E5" w:rsidRPr="00B60BC4" w:rsidRDefault="001C15E5" w:rsidP="001C15E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="014BE685" w14:textId="6B6AA0DF" w:rsidR="001E0CF4" w:rsidRDefault="001E0CF4"/>
     <w:p w14:paraId="74AA897D" w14:textId="77777777" w:rsidR="001E0CF4" w:rsidRDefault="001E0CF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1282"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="089230E6" w14:textId="77777777" w:rsidR="005A4C76" w:rsidRDefault="005A4C76"/>
@@ -5748,90 +5969,88 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5386"/>
         <w:gridCol w:w="5377"/>
       </w:tblGrid>
       <w:tr w:rsidR="00032383" w:rsidRPr="00B60BC4" w14:paraId="147DBC08" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10989" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="261D69BE" w14:textId="77777777" w:rsidR="009A0679" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of Employer</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="516E6DF9" w14:textId="77777777" w:rsidR="002D2A8F" w:rsidRPr="00B60BC4" w:rsidRDefault="002D2A8F" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A0679" w:rsidRPr="00B60BC4" w14:paraId="44EF086B" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10989" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36A338D4" w14:textId="77777777" w:rsidR="009A0679" w:rsidRPr="00B60BC4" w:rsidRDefault="009A0679" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="002D2A8F" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ocal </w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -5860,315 +6079,306 @@
               </w:rPr>
               <w:t>uthority</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EC7E027" w14:textId="77777777" w:rsidR="002D2A8F" w:rsidRPr="00B60BC4" w:rsidRDefault="002D2A8F" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00032383" w:rsidRPr="00B60BC4" w14:paraId="3895211A" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2122B8F4" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address line 1</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C1E3870" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E680BAF" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address line 2</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00032383" w:rsidRPr="00B60BC4" w14:paraId="51D5E18F" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C23A4D5" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Town</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E7756AC" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1344CF6A" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00032383" w:rsidRPr="00B60BC4" w14:paraId="2F4EB977" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="153B12CE" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="164D12E0" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25D9CB08" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00032383" w:rsidRPr="00B60BC4" w14:paraId="61B81877" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A2DCF9C" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Post held</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A829B84" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F94FCEF" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Grade</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A0679" w:rsidRPr="00B60BC4" w14:paraId="30CA0B86" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E8F7D8C" w14:textId="77777777" w:rsidR="009A0679" w:rsidRPr="00B60BC4" w:rsidRDefault="009A0679" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Number on roll</w:t>
             </w:r>
             <w:r w:rsidR="008F2004" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="008F2004" w:rsidRPr="00B60BC4">
               <w:rPr>
@@ -6177,170 +6387,166 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>teaching roles only)</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11D0486B" w14:textId="77777777" w:rsidR="008523DE" w:rsidRPr="00B60BC4" w:rsidRDefault="008523DE" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E76DB5A" w14:textId="77777777" w:rsidR="009A0679" w:rsidRPr="00B60BC4" w:rsidRDefault="009A0679" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Age Range</w:t>
             </w:r>
             <w:r w:rsidR="008F2004" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="008F2004" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>teaching roles only)</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00032383" w:rsidRPr="00B60BC4" w14:paraId="2545FB09" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5228E906" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date of appointment</w:t>
             </w:r>
             <w:r w:rsidR="002D2A8F" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Month/YYYY)</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="068060C0" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="060C69DD" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Salary</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00032383" w:rsidRPr="00B60BC4" w14:paraId="306B2CEE" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08BC4125" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Notice Required</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">:               </w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6360,148 +6566,144 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Weeks</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/Months</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="391BD6BF" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C0A40F7" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Telephone number</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00032383" w:rsidRPr="00B60BC4" w14:paraId="3AB9A78A" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AA78134" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00760085" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Leave date (if applicable- Month/YYYY)</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27145A18" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52D11905" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reason for leaving (if applicable)</w:t>
             </w:r>
             <w:r w:rsidR="008523DE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00032383" w:rsidRPr="00B60BC4" w14:paraId="294CFBDB" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10989" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F5D20FC" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Summary of current job role; duties and responsibilities</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32C76B2B" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="276721C5" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
@@ -6583,50 +6785,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="56222D9C" w14:textId="1FC056B1" w:rsidR="00241178" w:rsidRPr="00B60BC4" w:rsidRDefault="00241178" w:rsidP="00241178">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– PRE</w:t>
       </w:r>
       <w:r w:rsidR="00BC30BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VIOUS</w:t>
@@ -6653,270 +6856,260 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5381"/>
         <w:gridCol w:w="5382"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="419730AE" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10763" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4950F36B" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of Employer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="08B3D39B" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="603350C3" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address line 1:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2BAE229B" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52725F03" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address line 2:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="1D58CAD4" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75C988CB" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Town:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F91C962" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26E79556" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>County:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="74E3DB02" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7269DE89" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Postcode:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="628B1E76" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E1C75E7" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Country:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="3B8926C3" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6455CF7D" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Post held:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B05E0AD" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="402B8F96" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10763" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17A0DF7C" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Job Role Summary:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11AA46F5" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C70CD3D" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
@@ -6930,386 +7123,372 @@
           <w:p w14:paraId="1E7E8BC2" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="77C448D8" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="0D0758E0" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="623056EA" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Grade / Salary:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73833EA6" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date from (Month/YYYY):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="0A933121" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6DE93282" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date to (Month/YYYY):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26439AB7" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reason for leaving (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5A8F8D16" w14:textId="77777777" w:rsidR="00BC30BE" w:rsidRDefault="00BC30BE"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5381"/>
         <w:gridCol w:w="5382"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="160551BD" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10763" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BD07FE0" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18C699C1" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of Employer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="4B844184" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="651D8438" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address line 1:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="386639E7" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44C8196D" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address line 2:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="42586EBF" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BD23368" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Town:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A0AD713" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CE9D9E1" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>County:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="2AC14CC0" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="559D5F57" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Postcode:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="115F712A" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15850298" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Country:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="0684E42B" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54AA18D2" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Post held:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C871D89" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="79F978D0" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10763" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3331FF78" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Job Role Summary:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20225AC3" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7333,386 +7512,372 @@
           </w:p>
           <w:p w14:paraId="42613D79" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="27802433" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="593C923D" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="729CBDEB" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Grade / Salary:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="022ED20B" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date from (Month/YYYY):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="69B05E9F" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03C30861" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date to (Month/YYYY):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C253007" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reason of leaving (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="50245DDB" w14:textId="77777777" w:rsidR="00BC30BE" w:rsidRDefault="00BC30BE"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5381"/>
         <w:gridCol w:w="5382"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="4DF25BB5" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10763" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E2AF120" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="407119AA" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of Employer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="0EE08F25" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65B51D7F" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address line 1:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70397CCE" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6875EBB6" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address line 2:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="01863F6D" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57E032BD" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Town:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F07749F" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C11CA2E" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>County:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="15EDC531" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="163BDDB1" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Postcode:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11B47F69" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54888F49" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Country:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="441956A4" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DB2A68A" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Post held:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29ABEFC0" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="06A0EF62" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10763" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B1DACC5" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Job Role Summary:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C79B737" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7727,205 +7892,583 @@
           </w:p>
           <w:p w14:paraId="143BD058" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="55B472B2" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="48110314" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="670C3879" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Grade / Salary:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5ADF6ACC" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date from (Month/YYYY):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0EB5" w:rsidRPr="001A02E3" w14:paraId="12F09525" w14:textId="77777777" w:rsidTr="00BC30BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FAFF07B" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date to (Month/YYYY):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BA96CD6" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reason of leaving (if applicable):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DC11287" w14:textId="77777777" w:rsidR="007B0EB5" w:rsidRPr="00BC30BE" w:rsidRDefault="007B0EB5" w:rsidP="00C945F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1E3184BC" w14:textId="77777777" w:rsidR="00BC30BE" w:rsidRDefault="00BC30BE"/>
+    <w:p w14:paraId="1E3184BC" w14:textId="4F63EB68" w:rsidR="001671F6" w:rsidRDefault="001671F6"/>
+    <w:p w14:paraId="474AE613" w14:textId="77777777" w:rsidR="001671F6" w:rsidRDefault="001671F6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1282"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1226B6" w14:textId="77777777" w:rsidR="00BC30BE" w:rsidRDefault="00BC30BE"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2145"/>
+        <w:gridCol w:w="2175"/>
+        <w:gridCol w:w="6443"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E406DC" w:rsidRPr="001A02E3" w14:paraId="6C5D3436" w14:textId="77777777" w:rsidTr="00E406DC">
+        <w:trPr>
+          <w:trHeight w:val="195"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10763" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="34884F76" w14:textId="675C7014" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E406DC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SECTION 1</w:t>
+            </w:r>
+            <w:r w:rsidR="002B6B11">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E406DC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CONTINUED- GAPS IN EMPLOYMENT HISTORY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E406DC" w14:paraId="330A399A" w14:textId="77777777" w:rsidTr="00425947">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10763" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA8ED5C" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E406DC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Please provide details for any gaps in your employment history when you have not been in education, training or employment.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41A6B212" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E406DC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Please list dates and the reason (i.e. travel, parental leave, etc.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E406DC" w:rsidRPr="002A7009" w14:paraId="5DDDA5A7" w14:textId="77777777" w:rsidTr="00425947">
+        <w:trPr>
+          <w:trHeight w:val="195"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2145" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A50935A" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E406DC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date from (month/year)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2175" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7031A554" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E406DC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date to</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA08C37" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E406DC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(month/year)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6443" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="192FE7D5" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E406DC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Details </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E406DC" w:rsidRPr="001A02E3" w14:paraId="30A11564" w14:textId="77777777" w:rsidTr="00425947">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2145" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B28D841" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2175" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08FCEE43" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4D401A" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E406DC" w:rsidRPr="001A02E3" w14:paraId="23734627" w14:textId="77777777" w:rsidTr="00425947">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2145" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EBE5F0B" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2175" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5850E7EF" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DEABD8" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E406DC" w:rsidRPr="001A02E3" w14:paraId="051EB7B3" w14:textId="77777777" w:rsidTr="00425947">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2145" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="185700FD" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2175" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CCDB3F0" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A7CE9B5" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRPr="00E406DC" w:rsidRDefault="00E406DC" w:rsidP="00425947">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="21EA4C92" w14:textId="77777777" w:rsidR="00E406DC" w:rsidRDefault="00E406DC"/>
     <w:p w14:paraId="44ADE816" w14:textId="77777777" w:rsidR="008523DE" w:rsidRPr="00B60BC4" w:rsidRDefault="008523DE" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10763"/>
       </w:tblGrid>
       <w:tr w:rsidR="008523DE" w:rsidRPr="00B60BC4" w14:paraId="400D6286" w14:textId="77777777" w:rsidTr="000F4B79">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10989" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
           </w:tcPr>
-          <w:p w14:paraId="5EAD7925" w14:textId="6D63260A" w:rsidR="008523DE" w:rsidRPr="00B60BC4" w:rsidRDefault="008523DE" w:rsidP="00D50E5C">
+          <w:p w14:paraId="5EAD7925" w14:textId="45968591" w:rsidR="008523DE" w:rsidRPr="00B60BC4" w:rsidRDefault="008523DE" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">SECTION </w:t>
             </w:r>
             <w:r w:rsidR="00BC30BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>11</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B60BC4">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="002B6B11">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> –</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60BC4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
             </w:r>
             <w:r w:rsidR="00486C12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> EXPERIENCE IN SCHOOLS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5C897F9A" w14:textId="77777777" w:rsidR="008523DE" w:rsidRPr="00B60BC4" w:rsidRDefault="008523DE" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21F11761" w14:textId="04925E68" w:rsidR="00587579" w:rsidRPr="00B60BC4" w:rsidRDefault="000F4B79" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -7998,87 +8541,85 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10763"/>
       </w:tblGrid>
       <w:tr w:rsidR="00032383" w:rsidRPr="00B60BC4" w14:paraId="38E6295F" w14:textId="77777777" w:rsidTr="00227887">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10763" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50AA8611" w14:textId="7AFD7B93" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="000D4440" w:rsidP="00A9405B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Experienc</w:t>
             </w:r>
             <w:r w:rsidR="00595D9F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00595D9F" w:rsidRPr="00B60BC4" w14:paraId="47D5D6D7" w14:textId="77777777" w:rsidTr="00D67B19">
         <w:trPr>
           <w:trHeight w:val="1768"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10763" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C66475D" w14:textId="77777777" w:rsidR="00595D9F" w:rsidRDefault="00595D9F" w:rsidP="00A9405B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="41A0261F" w14:textId="77777777" w:rsidR="004863E7" w:rsidRDefault="004863E7" w:rsidP="00A9405B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="231DB222" w14:textId="77777777" w:rsidR="004863E7" w:rsidRDefault="004863E7" w:rsidP="00A9405B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -8219,667 +8760,641 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="1282"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="04323383" w14:textId="77777777" w:rsidR="00D1339B" w:rsidRPr="00B60BC4" w:rsidRDefault="00D1339B" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="754323C3" w14:textId="3CF4A697" w:rsidR="004843D5" w:rsidRPr="00B60BC4" w:rsidRDefault="004843D5" w:rsidP="003C5E4A">
+    <w:p w14:paraId="754323C3" w14:textId="194990A2" w:rsidR="004843D5" w:rsidRPr="00B60BC4" w:rsidRDefault="004843D5" w:rsidP="003C5E4A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
       <w:r w:rsidR="00DF3B81" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="004863E7">
+      <w:r w:rsidR="002B6B11">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – REFERENCE OF PRESENT OR MOST RECENT EMPLOYMENT</w:t>
+        <w:t>– REFERENCE OF PRESENT OR MOST RECENT EMPLOYMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BBFD345" w14:textId="77777777" w:rsidR="00032383" w:rsidRPr="00B60BC4" w:rsidRDefault="00032383" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7918D967" w14:textId="3FBA2689" w:rsidR="00B540B2" w:rsidRPr="00B60BC4" w:rsidRDefault="00B540B2" w:rsidP="00D50E5C">
+    <w:p w14:paraId="7918D967" w14:textId="7B65E85E" w:rsidR="00B540B2" w:rsidRPr="00B60BC4" w:rsidRDefault="00B540B2" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please give the name and addresses of two referees (not relatives) one of whom should be your present employer (or last employer if not currently employed).  If you are in, or have just completed, full time education, one referee should be from your College/University.</w:t>
-      </w:r>
-[...8 lines deleted...]
-        <w:t>If you have previously worked with children but no longer do so, you will be asked for a referee from that employer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49592E5E" w14:textId="77777777" w:rsidR="00B540B2" w:rsidRPr="00B60BC4" w:rsidRDefault="00B540B2" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5381"/>
         <w:gridCol w:w="5382"/>
       </w:tblGrid>
       <w:tr w:rsidR="004843D5" w:rsidRPr="00B60BC4" w14:paraId="0E35D111" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D549FFD" w14:textId="77777777" w:rsidR="004843D5" w:rsidRPr="00B60BC4" w:rsidRDefault="004843D5" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="328AB6EE" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E98926B" w14:textId="77777777" w:rsidR="004843D5" w:rsidRPr="00B60BC4" w:rsidRDefault="004843D5" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fi</w:t>
             </w:r>
             <w:r w:rsidR="005375FE" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">st </w:t>
             </w:r>
             <w:r w:rsidR="009223F8" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>forename</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009223F8" w:rsidRPr="00B60BC4" w14:paraId="60815A1F" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41A22383" w14:textId="77777777" w:rsidR="009223F8" w:rsidRPr="00B60BC4" w:rsidRDefault="009223F8" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> forename</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0439241F" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F2B7056" w14:textId="77777777" w:rsidR="009223F8" w:rsidRPr="00B60BC4" w:rsidRDefault="009223F8" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009223F8" w:rsidRPr="00B60BC4" w14:paraId="150CF790" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D6B5105" w14:textId="77777777" w:rsidR="009223F8" w:rsidRPr="00B60BC4" w:rsidRDefault="009223F8" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address line 1</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79100D05" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77D081B5" w14:textId="77777777" w:rsidR="009223F8" w:rsidRPr="00B60BC4" w:rsidRDefault="009223F8" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address line 2</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009223F8" w:rsidRPr="00B60BC4" w14:paraId="40E5236D" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D821E10" w14:textId="77777777" w:rsidR="009223F8" w:rsidRPr="00B60BC4" w:rsidRDefault="009223F8" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Town</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73C821FA" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FCC6FAD" w14:textId="77777777" w:rsidR="009223F8" w:rsidRPr="00B60BC4" w:rsidRDefault="009223F8" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009223F8" w:rsidRPr="00B60BC4" w14:paraId="3461755B" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="318CF5CC" w14:textId="77777777" w:rsidR="009223F8" w:rsidRPr="00B60BC4" w:rsidRDefault="009223F8" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07BE6DDA" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F88F666" w14:textId="77777777" w:rsidR="009223F8" w:rsidRPr="00B60BC4" w:rsidRDefault="009223F8" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009223F8" w:rsidRPr="00B60BC4" w14:paraId="29291DD5" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19DFF6C8" w14:textId="77777777" w:rsidR="009223F8" w:rsidRPr="00B60BC4" w:rsidRDefault="009223F8" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Telephone number</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="400B1E83" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="059E68DA" w14:textId="77777777" w:rsidR="009223F8" w:rsidRPr="00B60BC4" w:rsidRDefault="009223F8" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Email address</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009223F8" w:rsidRPr="00B60BC4" w14:paraId="06D8CF95" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="296A356B" w14:textId="77777777" w:rsidR="009223F8" w:rsidRPr="00B60BC4" w:rsidRDefault="009223F8" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Occupation</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A9016D2" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34C86509" w14:textId="77777777" w:rsidR="009223F8" w:rsidRPr="00B60BC4" w:rsidRDefault="009223F8" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009223F8" w:rsidRPr="00B60BC4" w14:paraId="26AE64A9" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46A03B47" w14:textId="77777777" w:rsidR="009223F8" w:rsidRPr="00B60BC4" w:rsidRDefault="009223F8" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Relationship to you?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C0EFCD2" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3605B897" w14:textId="77777777" w:rsidR="009223F8" w:rsidRPr="00B60BC4" w:rsidRDefault="009223F8" w:rsidP="00D50E5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Do you give </w:t>
             </w:r>
             <w:r w:rsidR="004B5E4D" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>permission for referees to be contacted prior to an offer of employment being made?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14874A75" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00D50E5C">
             <w:pPr>
@@ -8996,68 +9511,68 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0B5872C7" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00D50E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B37E56D" w14:textId="77777777" w:rsidR="00E32795" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="004B5E4D">
+    <w:p w14:paraId="0A697C17" w14:textId="62BB9D54" w:rsidR="00E32795" w:rsidRDefault="000C4ACA" w:rsidP="004B5E4D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B60BC4">
+      <w:r w:rsidRPr="000C4ACA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Please note your referee should ideally be a previous line manager or someone in a position of authority.</w:t>
+        <w:t>Please note your referees should ideally be a previous line manager or someone in a position of authority with an email address linked to the organisation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A697C17" w14:textId="77777777" w:rsidR="00E32795" w:rsidRPr="00B60BC4" w:rsidRDefault="00E32795" w:rsidP="004B5E4D">
+    <w:p w14:paraId="65DEC1D7" w14:textId="77777777" w:rsidR="000C4ACA" w:rsidRPr="00B60BC4" w:rsidRDefault="000C4ACA" w:rsidP="004B5E4D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BCA2AA4" w14:textId="72146B29" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="003C5E4A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9106,551 +9621,535 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5381"/>
         <w:gridCol w:w="5382"/>
       </w:tblGrid>
       <w:tr w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w14:paraId="11916C2E" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AE3389B" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59FF894B" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B42ED2B" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fi</w:t>
             </w:r>
             <w:r w:rsidR="00F85A47" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>st forename</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w14:paraId="7BE97409" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12EFE739" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> forename</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18862643" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D76A6CA" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w14:paraId="2084021C" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="461589C3" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address line 1</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4352C77F" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59BC1BD1" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Address line 2</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w14:paraId="6A0B6DF3" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0351B634" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Town</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70C7AE0C" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="376CF54D" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w14:paraId="73D7EF86" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53860175" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56F2BAD9" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38F6EC67" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w14:paraId="14DA2E93" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E0CEC27" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Telephone number</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10CC7368" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E740B17" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Email address</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w14:paraId="460B7190" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1139803E" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Occupation</w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65F97EE5" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F86161F" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w14:paraId="049DC801" w14:textId="77777777" w:rsidTr="001A02E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40107409" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Relationship to you?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52404520" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06A8BDE3" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Do you give permission for referees to be contacted prior to an offer of employment being made?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1289581A" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3A059E7C" w14:textId="77777777" w:rsidR="004B5E4D" w:rsidRPr="00B60BC4" w:rsidRDefault="004B5E4D" w:rsidP="00BB2720">
@@ -9856,51 +10355,50 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="5376"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C15E90" w:rsidRPr="00B60BC4" w14:paraId="1CEDD981" w14:textId="77777777" w:rsidTr="00B97F1B">
         <w:trPr>
           <w:trHeight w:val="1899"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10763" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47A5BD8E" w14:textId="77777777" w:rsidR="00C15E90" w:rsidRPr="00B60BC4" w:rsidRDefault="00307188" w:rsidP="004B5E4D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Are there</w:t>
             </w:r>
             <w:r w:rsidR="00C15E90" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> any reasonable adjustments that you would require </w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9949,51 +10447,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="67BB47E2" w14:textId="77777777" w:rsidR="00F45778" w:rsidRPr="00B60BC4" w:rsidRDefault="00F45778" w:rsidP="004B5E4D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="16C19E98" w14:textId="77777777" w:rsidR="00F45778" w:rsidRPr="00B60BC4" w:rsidRDefault="00F45778" w:rsidP="004B5E4D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F45778" w:rsidRPr="00B60BC4" w14:paraId="2F987757" w14:textId="77777777" w:rsidTr="00F42F34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BE31103" w14:textId="2D77A2D0" w:rsidR="00F45778" w:rsidRPr="00B60BC4" w:rsidRDefault="00B540B2" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00F45778" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">re you related to a member of </w:t>
             </w:r>
             <w:r w:rsidR="009C1811">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -10012,51 +10509,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> within the Swaledale Alliance</w:t>
             </w:r>
             <w:r w:rsidR="00EF13D4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> group of schools</w:t>
             </w:r>
             <w:r w:rsidR="00F45778" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41107655" w14:textId="77777777" w:rsidR="00F45778" w:rsidRPr="00B60BC4" w:rsidRDefault="00F45778" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -10138,51 +10634,50 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A326B1" w:rsidRPr="00B60BC4" w14:paraId="6DBF12D4" w14:textId="77777777" w:rsidTr="00F42F34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="072723FE" w14:textId="77777777" w:rsidR="00A326B1" w:rsidRPr="00B60BC4" w:rsidRDefault="00A326B1" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidR="007B10D7" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>‘</w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -10202,95 +10697,92 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, please provide name(s) &amp; relationship</w:t>
             </w:r>
             <w:r w:rsidR="007B10D7" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="039C8385" w14:textId="77777777" w:rsidR="007B10D7" w:rsidRPr="00B60BC4" w:rsidRDefault="007B10D7" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="266E3A4B" w14:textId="77777777" w:rsidR="00A326B1" w:rsidRPr="00B60BC4" w:rsidRDefault="00A326B1" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F45778" w:rsidRPr="00B60BC4" w14:paraId="649E0CAD" w14:textId="77777777" w:rsidTr="00F42F34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56424913" w14:textId="77777777" w:rsidR="00F45778" w:rsidRPr="00B60BC4" w:rsidRDefault="00497E45" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I understand that canvassing of</w:t>
             </w:r>
             <w:r w:rsidR="00F45778" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> any Governors, Members or Officers of North Yorkshire County Council in connection with this appointment will disqualify me.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47FA33B2" w14:textId="77777777" w:rsidR="00F45778" w:rsidRPr="00B60BC4" w:rsidRDefault="00F45778" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -10378,51 +10870,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00645B5A" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E5940F6" w14:textId="77777777" w:rsidR="00A326B1" w:rsidRPr="00B60BC4" w:rsidRDefault="00A326B1" w:rsidP="004B5E4D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="611DD75C" w14:textId="79286437" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00803727" w:rsidP="007B10D7">
+    <w:p w14:paraId="611DD75C" w14:textId="5FA2DE02" w:rsidR="00B87B69" w:rsidRDefault="00803727" w:rsidP="007B10D7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Has any previous employer expressed concerns and/or take</w:t>
       </w:r>
       <w:r w:rsidR="002D2A8F" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00B60BC4">
@@ -10483,130 +10975,159 @@
       </w:r>
       <w:r w:rsidR="00A96895" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: (</w:t>
       </w:r>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Include any investigations or actions t</w:t>
       </w:r>
       <w:r w:rsidR="002D2A8F" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aken by your professional body)</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="062BE166" w14:textId="77777777" w:rsidR="00B87B69" w:rsidRDefault="00B87B69">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1282"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685D556B" w14:textId="77777777" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00803727" w:rsidP="007B10D7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="50DBD4E3" w14:textId="77777777" w:rsidR="00C81126" w:rsidRPr="00B60BC4" w:rsidRDefault="00C81126" w:rsidP="007B10D7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5388"/>
         <w:gridCol w:w="5375"/>
       </w:tblGrid>
       <w:tr w:rsidR="00803727" w:rsidRPr="00B60BC4" w14:paraId="705BE824" w14:textId="77777777" w:rsidTr="00EF13D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5388" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C82FAF5" w14:textId="77777777" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00C81126" w:rsidP="00130F27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00803727" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>apability</w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> or work p</w:t>
             </w:r>
             <w:r w:rsidR="00803727" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>erformance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67E25175" w14:textId="77777777" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00803727" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:r w:rsidR="00C81126" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -10689,51 +11210,50 @@
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C81126" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C81126" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803727" w:rsidRPr="00B60BC4" w14:paraId="406F1255" w14:textId="77777777" w:rsidTr="00EF13D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10763" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10E5A9D6" w14:textId="77777777" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00803727" w:rsidP="004B5E4D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please provide details:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55B13ADA" w14:textId="77777777" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00803727" w:rsidP="004B5E4D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0B2B9B4F" w14:textId="77777777" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00803727" w:rsidP="004B5E4D">
@@ -10744,74 +11264,72 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="22F1DE92" w14:textId="77777777" w:rsidR="00307188" w:rsidRPr="00B60BC4" w:rsidRDefault="00307188" w:rsidP="004B5E4D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="33F45BB6" w14:textId="77777777" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00803727" w:rsidP="004B5E4D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803727" w:rsidRPr="00B60BC4" w14:paraId="3917E0EE" w14:textId="77777777" w:rsidTr="00EF13D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5388" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="001F3015" w14:textId="77777777" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00C81126" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Disciplinary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47844A01" w14:textId="77777777" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00130F27" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -10894,136 +11412,118 @@
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803727" w:rsidRPr="00B60BC4" w14:paraId="3C4D8A7A" w14:textId="77777777" w:rsidTr="00EF13D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10763" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...22 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="43DC6ABB" w14:textId="54ED6792" w:rsidR="00307188" w:rsidRPr="00B60BC4" w:rsidRDefault="00781862" w:rsidP="00E86A5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00781862">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Please provide details of any live disciplinary sanctions (unless they relate to substantiated safeguarding allegations in which case please include detail of expired sanctions):</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="79F75E2C" w14:textId="77777777" w:rsidR="00307188" w:rsidRPr="00B60BC4" w:rsidRDefault="00307188" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="21E4C0D0" w14:textId="77777777" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00803727" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5FC5A4BB" w14:textId="77777777" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00C81126" w:rsidP="00C81126">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5FC5A4BB" w14:textId="32AB244E" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00803727" w:rsidP="00C81126">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00130F27" w:rsidRPr="00B60BC4" w14:paraId="21A81BE8" w14:textId="77777777" w:rsidTr="00EF13D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5388" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05C63D6B" w14:textId="77777777" w:rsidR="00130F27" w:rsidRPr="00B60BC4" w:rsidRDefault="00130F27" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Safeguarding</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="212EF635" w14:textId="77777777" w:rsidR="00130F27" w:rsidRPr="00B60BC4" w:rsidRDefault="00130F27" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -11106,150 +11606,148 @@
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00130F27" w:rsidRPr="00B60BC4" w14:paraId="71D67067" w14:textId="77777777" w:rsidTr="00EF13D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10763" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...29 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="39B2BBF6" w14:textId="150A8843" w:rsidR="00130F27" w:rsidRPr="00B60BC4" w:rsidRDefault="00B62414" w:rsidP="00E86A5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B62414">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please include details of any </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B62414">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>substantiated</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B62414">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> allegations which have been made against you and how these have been categorised. Any disciplinary sanctions relating to safeguarding must also be declared, including those which have expired for disciplinary purposes:</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="18E1A562" w14:textId="77777777" w:rsidR="00307188" w:rsidRPr="00B60BC4" w:rsidRDefault="00307188" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2392725A" w14:textId="77777777" w:rsidR="00307188" w:rsidRPr="00B60BC4" w:rsidRDefault="00307188" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4439A0B1" w14:textId="77777777" w:rsidR="00130F27" w:rsidRPr="00B60BC4" w:rsidRDefault="00130F27" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803727" w:rsidRPr="00B60BC4" w14:paraId="3C8C11B9" w14:textId="77777777" w:rsidTr="00EF13D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5388" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AA311E8" w14:textId="77777777" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00803727" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Are there any dates when you would not be available for interview </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>in the near future</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CF2E019" w14:textId="77777777" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00130F27" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -11332,103 +11830,100 @@
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803727" w:rsidRPr="00B60BC4" w14:paraId="66FB103B" w14:textId="77777777" w:rsidTr="00EF13D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10763" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BD092EA" w14:textId="1885EDE7" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00803727" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please provide details:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BA0E841" w14:textId="77777777" w:rsidR="00803727" w:rsidRPr="00B60BC4" w:rsidRDefault="00803727" w:rsidP="00E86A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00726821" w:rsidRPr="00B60BC4" w14:paraId="110A1CE9" w14:textId="77777777" w:rsidTr="00EF13D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5388" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69D909FC" w14:textId="2AF242DC" w:rsidR="00726821" w:rsidRPr="00B60BC4" w:rsidRDefault="00A40E96" w:rsidP="003B78F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Do you hold a current driving licence?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4660F7AA" w14:textId="1685E361" w:rsidR="00726821" w:rsidRPr="00B60BC4" w:rsidRDefault="00A40E96" w:rsidP="003B78F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -11510,72 +12005,70 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B7C82" w:rsidRPr="00B60BC4" w14:paraId="5C595201" w14:textId="77777777" w:rsidTr="00EF13D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5388" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="423806A4" w14:textId="77777777" w:rsidR="005B7C82" w:rsidRPr="00B60BC4" w:rsidRDefault="005B7C82" w:rsidP="003B78F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Do you have use of a car?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A63A90D" w14:textId="77777777" w:rsidR="005B7C82" w:rsidRPr="00B60BC4" w:rsidRDefault="00130F27" w:rsidP="003B78F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -11663,99 +12156,97 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C5192D" w:rsidRPr="00B60BC4" w14:paraId="00675B37" w14:textId="77777777" w:rsidTr="00EF13D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5388" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69ABDAFC" w14:textId="49F1D6FF" w:rsidR="00C5192D" w:rsidRPr="00B60BC4" w:rsidRDefault="00C5192D" w:rsidP="00C5192D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">I declare that the information contained in this application form is correct and understand that the </w:t>
             </w:r>
             <w:r w:rsidR="00A40E96">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Swaledale Alliance/</w:t>
             </w:r>
             <w:r w:rsidR="00D143C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>work experience school</w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> will request to see proof of qualifications at the time of interview. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00FCE199" w14:textId="77777777" w:rsidR="00C5192D" w:rsidRPr="00B60BC4" w:rsidRDefault="00130F27" w:rsidP="002E6DC7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -11843,51 +12334,50 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C5192D" w:rsidRPr="00B60BC4" w14:paraId="58700A38" w14:textId="77777777" w:rsidTr="00EF13D4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5388" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1822FC0A" w14:textId="40EC2904" w:rsidR="00C5192D" w:rsidRPr="00B60BC4" w:rsidRDefault="00C5192D" w:rsidP="00BA2A5C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">I consent to </w:t>
             </w:r>
             <w:r w:rsidR="00130F27" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="00D143C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -11919,51 +12409,50 @@
             <w:r w:rsidR="00BA2A5C" w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="112BCD4F" w14:textId="77777777" w:rsidR="00C5192D" w:rsidRPr="00B60BC4" w:rsidRDefault="00130F27" w:rsidP="002E6DC7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -12042,51 +12531,81 @@
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="355C57CA" w14:textId="77777777" w:rsidR="0071779C" w:rsidRDefault="0071779C" w:rsidP="005B7C82">
+    <w:p w14:paraId="355C57CA" w14:textId="293B9ACE" w:rsidR="00B87B69" w:rsidRDefault="00B87B69" w:rsidP="005B7C82">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EAE88A8" w14:textId="77777777" w:rsidR="00B87B69" w:rsidRDefault="00B87B69">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1282"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E53554" w14:textId="77777777" w:rsidR="0071779C" w:rsidRDefault="0071779C" w:rsidP="005B7C82">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32A0A492" w14:textId="1C60B9F2" w:rsidR="0071779C" w:rsidRPr="00B60BC4" w:rsidRDefault="0071779C" w:rsidP="0071779C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -12151,72 +12670,70 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="5376"/>
       </w:tblGrid>
       <w:tr w:rsidR="0071779C" w:rsidRPr="00B60BC4" w14:paraId="506DB7EA" w14:textId="77777777" w:rsidTr="008C529A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11B1AC1B" w14:textId="7485556A" w:rsidR="0071779C" w:rsidRPr="00B60BC4" w:rsidRDefault="00536A0D" w:rsidP="008C529A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I would like to be considered for the sponsorship programme.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68243763" w14:textId="77777777" w:rsidR="0071779C" w:rsidRPr="00B60BC4" w:rsidRDefault="0071779C" w:rsidP="008C529A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -12298,79 +12815,77 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00536A0D" w:rsidRPr="00B60BC4" w14:paraId="0248DC75" w14:textId="77777777" w:rsidTr="008C529A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4ADE217B" w14:textId="38B2BC51" w:rsidR="00536A0D" w:rsidRPr="00B60BC4" w:rsidRDefault="00536A0D" w:rsidP="00536A0D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If a sponsorship placement is unavailable, I would still like to apply</w:t>
             </w:r>
             <w:r w:rsidR="000569F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and self-fund the programme.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46B7551C" w14:textId="6CBF6495" w:rsidR="00536A0D" w:rsidRPr="00B60BC4" w:rsidRDefault="00536A0D" w:rsidP="00536A0D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -12452,80 +12967,78 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0071779C" w:rsidRPr="00B60BC4" w14:paraId="7F5C0ED9" w14:textId="77777777" w:rsidTr="008C529A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35E86FB2" w14:textId="77777777" w:rsidR="0071779C" w:rsidRDefault="000569F8" w:rsidP="008C529A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I would like assistance in finding a school placement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="403E1A58" w14:textId="59308844" w:rsidR="000569F8" w:rsidRPr="00B60BC4" w:rsidRDefault="000569F8" w:rsidP="008C529A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5376" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29857166" w14:textId="77777777" w:rsidR="0071779C" w:rsidRPr="00B60BC4" w:rsidRDefault="0071779C" w:rsidP="008C529A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -12665,74 +13178,72 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8217"/>
         <w:gridCol w:w="2546"/>
       </w:tblGrid>
       <w:tr w:rsidR="0071779C" w:rsidRPr="00B60BC4" w14:paraId="609898DC" w14:textId="77777777" w:rsidTr="00395541">
         <w:trPr>
           <w:trHeight w:val="595"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C2FF3D2" w14:textId="449E62F6" w:rsidR="002067C1" w:rsidRPr="00B60BC4" w:rsidRDefault="002067C1" w:rsidP="00B71D95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002067C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I have no preference; I am happy to work in any of the participating schools</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76A98678" w14:textId="25BBBDD7" w:rsidR="0071779C" w:rsidRPr="00B60BC4" w:rsidRDefault="0071779C" w:rsidP="008C529A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00B60BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -12906,584 +13417,375 @@
               <w:t>The following schools have confirmed placements:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="3B4E07AE" w14:textId="3B7DE323" w:rsidR="0071779C" w:rsidRPr="00B60BC4" w:rsidRDefault="0071779C" w:rsidP="008C529A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0071779C" w:rsidRPr="00B60BC4" w14:paraId="025542D9" w14:textId="77777777" w:rsidTr="00395541">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8217" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="71B8269F" w14:textId="72235D65" w:rsidR="0071779C" w:rsidRPr="00B60BC4" w:rsidRDefault="002923B6" w:rsidP="00FD5F96">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="002923B6">
+          <w:p w14:paraId="71B8269F" w14:textId="2CD4B31C" w:rsidR="0071779C" w:rsidRPr="00B60BC4" w:rsidRDefault="004A2B69" w:rsidP="008803BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Placements to be confirmed for </w:t>
+            </w:r>
+            <w:r w:rsidR="008803BC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026, please indicate your preferred local primary school</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2546" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="40AE85F1" w14:textId="677F7ACC" w:rsidR="0071779C" w:rsidRPr="00B60BC4" w:rsidRDefault="0071779C" w:rsidP="008C529A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001454F4" w:rsidRPr="00B60BC4" w14:paraId="307CFFFA" w14:textId="77777777" w:rsidTr="00395541">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DDEC5F0" w14:textId="24694CC5" w:rsidR="001454F4" w:rsidRDefault="001454F4" w:rsidP="008D0839">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2546" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="565C5D88" w14:textId="77777777" w:rsidR="001454F4" w:rsidRPr="00B60BC4" w:rsidRDefault="001454F4" w:rsidP="008C529A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001454F4" w:rsidRPr="00B60BC4" w14:paraId="65EF9B5C" w14:textId="77777777" w:rsidTr="00395541">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="251030E8" w14:textId="76B2DFFB" w:rsidR="001454F4" w:rsidRDefault="001454F4" w:rsidP="008D0839">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2546" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7930F338" w14:textId="77777777" w:rsidR="001454F4" w:rsidRPr="00B60BC4" w:rsidRDefault="001454F4" w:rsidP="008C529A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001454F4" w:rsidRPr="00B60BC4" w14:paraId="224C303C" w14:textId="77777777" w:rsidTr="00395541">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="276F6059" w14:textId="474785C9" w:rsidR="001454F4" w:rsidRDefault="001454F4" w:rsidP="008D0839">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2546" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="76CFF08C" w14:textId="77777777" w:rsidR="001454F4" w:rsidRPr="00B60BC4" w:rsidRDefault="001454F4" w:rsidP="008C529A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00322B8C" w:rsidRPr="00B60BC4" w14:paraId="49AE6D84" w14:textId="77777777" w:rsidTr="00395541">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C3AAE51" w14:textId="1DE4558D" w:rsidR="00322B8C" w:rsidRDefault="00322B8C" w:rsidP="008D0839">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2546" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="223E4374" w14:textId="77777777" w:rsidR="00322B8C" w:rsidRPr="00B60BC4" w:rsidRDefault="00322B8C" w:rsidP="008C529A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00322B8C" w:rsidRPr="00B60BC4" w14:paraId="01C9AE29" w14:textId="77777777" w:rsidTr="00395541">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="213E8D1F" w14:textId="5BB2BA6B" w:rsidR="00322B8C" w:rsidRPr="002923B6" w:rsidRDefault="00322B8C" w:rsidP="008D0839">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2546" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B8A61D" w14:textId="77777777" w:rsidR="00322B8C" w:rsidRPr="00B60BC4" w:rsidRDefault="00322B8C" w:rsidP="008C529A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00322B8C" w:rsidRPr="00B60BC4" w14:paraId="3832A8E3" w14:textId="77777777" w:rsidTr="00395541">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="56381426" w14:textId="72A67D8D" w:rsidR="00322B8C" w:rsidRPr="00FD5F96" w:rsidRDefault="00322B8C" w:rsidP="008D0839">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002923B6">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2546" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4069DC3B" w14:textId="77777777" w:rsidR="00322B8C" w:rsidRPr="00B60BC4" w:rsidRDefault="00322B8C" w:rsidP="008C529A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00395541" w:rsidRPr="00B60BC4" w14:paraId="0C1D6BF0" w14:textId="77777777" w:rsidTr="00395541">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="22351064" w14:textId="782B6C87" w:rsidR="00395541" w:rsidRPr="00FD5F96" w:rsidRDefault="00395541" w:rsidP="008D0839">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002923B6">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2546" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C296BB" w14:textId="77777777" w:rsidR="00395541" w:rsidRPr="00B60BC4" w:rsidRDefault="00395541" w:rsidP="008C529A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00395541" w:rsidRPr="00B60BC4" w14:paraId="4BCB449E" w14:textId="77777777" w:rsidTr="00395541">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="48756E66" w14:textId="34EF5CDF" w:rsidR="00395541" w:rsidRPr="00FD5F96" w:rsidRDefault="00395541" w:rsidP="008D0839">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002923B6">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2546" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1925C8" w14:textId="77777777" w:rsidR="00395541" w:rsidRPr="00B60BC4" w:rsidRDefault="00395541" w:rsidP="008C529A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00395541" w:rsidRPr="00B60BC4" w14:paraId="78E5CBDF" w14:textId="77777777" w:rsidTr="00395541">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="170FBED0" w14:textId="5DCAAB28" w:rsidR="00395541" w:rsidRPr="00FD5F96" w:rsidRDefault="00395541" w:rsidP="008D0839">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...12 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="40AE85F1" w14:textId="677F7ACC" w:rsidR="0071779C" w:rsidRPr="00B60BC4" w:rsidRDefault="0071779C" w:rsidP="008C529A">
-[...449 lines deleted...]
-          </w:tcPr>
           <w:p w14:paraId="5217DF7E" w14:textId="77777777" w:rsidR="00395541" w:rsidRPr="00B60BC4" w:rsidRDefault="00395541" w:rsidP="008C529A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0071779C" w:rsidRPr="00B60BC4" w14:paraId="5D70FCD4" w14:textId="77777777" w:rsidTr="008C529A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10763" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A494B1F" w14:textId="77777777" w:rsidR="006D4254" w:rsidRDefault="004122FE" w:rsidP="00BB3050">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB3050">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Other sponsored places </w:t>
             </w:r>
             <w:r w:rsidR="00BB3050">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
@@ -13539,86 +13841,292 @@
         <w:pStyle w:val="Heading7"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A475D7A" w14:textId="77777777" w:rsidR="00C3397C" w:rsidRPr="00B60BC4" w:rsidRDefault="00C3397C" w:rsidP="00E12235">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="432C6BD7" w14:textId="77777777" w:rsidR="00EB4142" w:rsidRPr="001671F6" w:rsidRDefault="00EB4142" w:rsidP="00EB4142">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A31F717" w14:textId="77777777" w:rsidR="00EB4142" w:rsidRPr="001671F6" w:rsidRDefault="00EB4142" w:rsidP="00EB4142">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001671F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you submit this form via </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001671F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001671F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you are declaring that the information stated is true and accurate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E0FAFC" w14:textId="35C5E12B" w:rsidR="00EB4142" w:rsidRPr="001671F6" w:rsidRDefault="00EB4142" w:rsidP="00EB4142">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001671F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I confirm that the information that I have provided in support of this application is complete and true and understand that knowingly to make a false statement for this purpose will be judged as serious misconduct, which may result in </w:t>
+      </w:r>
+      <w:r w:rsidR="00E46423">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>withdrawal from the course</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001671F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, or may be a criminal offence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17094FEB" w14:textId="77777777" w:rsidR="00EB4142" w:rsidRPr="001A02E3" w:rsidRDefault="00EB4142" w:rsidP="00EB4142">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B4BB0F4" w14:textId="77777777" w:rsidR="00EB4142" w:rsidRPr="00183A60" w:rsidRDefault="00EB4142" w:rsidP="00EB4142">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01D05E88" w14:textId="77777777" w:rsidR="00EB4142" w:rsidRPr="00183A60" w:rsidRDefault="00EB4142" w:rsidP="00EB4142">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1282"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Signature: ………………………………………………………...</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00183A60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Dated:…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00183A60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>………………………...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C72B5F" w14:textId="77777777" w:rsidR="00EB4142" w:rsidRPr="00183A60" w:rsidRDefault="00EB4142" w:rsidP="00EB4142">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1282"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40D7BC8C" w14:textId="1AE19647" w:rsidR="00EB4142" w:rsidRPr="00166636" w:rsidRDefault="00EB4142" w:rsidP="00EB4142">
+      <w:pPr>
+        <w:ind w:right="-168"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Please return all completed app</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lications </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F12F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>info@swaledalealliance.org</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="34947418" w14:textId="77777777" w:rsidR="00573F5D" w:rsidRDefault="00573F5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1282"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ED9E6E3" w14:textId="08C6255F" w:rsidR="00C3397C" w:rsidRPr="00B60BC4" w:rsidRDefault="00C3397C" w:rsidP="00E12235">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>IMPORTANT ADVICE ON COMPLETING THIS APPLICATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="687B7CF0" w14:textId="77777777" w:rsidR="00C3397C" w:rsidRPr="00B60BC4" w:rsidRDefault="00C3397C" w:rsidP="000873C1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6474E14C" w14:textId="77777777" w:rsidR="00C3397C" w:rsidRPr="00B60BC4" w:rsidRDefault="00C3397C" w:rsidP="000873C1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -13857,67 +14365,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, in line with DBS filtering rules, </w:t>
       </w:r>
       <w:r w:rsidR="00C3397C" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">prior to your interview.  This information may be discussed with you at your interview </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C3397C" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C3397C" w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> assess job related risks, but we emphasise that your application will be considered on merit and </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and you will not be discriminated against unfairly.  Failure to disclose this information will result in any offer of employment being withdrawn.</w:t>
+        <w:t xml:space="preserve"> assess job related risks, but we emphasise that your application will be considered on merit and ability and you will not be discriminated against unfairly.  Failure to disclose this information will result in any offer of employment being withdrawn.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="675DC0B4" w14:textId="77777777" w:rsidR="00615271" w:rsidRPr="00B60BC4" w:rsidRDefault="00615271" w:rsidP="000873C1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12B69A47" w14:textId="77777777" w:rsidR="00615271" w:rsidRPr="00B60BC4" w:rsidRDefault="00615271" w:rsidP="000873C1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
@@ -14196,68 +14688,83 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65146095" w14:textId="77777777" w:rsidR="00C3397C" w:rsidRPr="00B60BC4" w:rsidRDefault="00C3397C" w:rsidP="00C3397C">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59CA2E09" w14:textId="77777777" w:rsidR="00C3397C" w:rsidRPr="00B60BC4" w:rsidRDefault="00C3397C" w:rsidP="00C3397C">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C54FD6A" w14:textId="77777777" w:rsidR="00E12235" w:rsidRPr="00B60BC4" w:rsidRDefault="00E12235" w:rsidP="00E12235">
+    <w:p w14:paraId="6EFCCC12" w14:textId="77777777" w:rsidR="008D0839" w:rsidRDefault="008D0839" w:rsidP="00E12235">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C54FD6A" w14:textId="2F2664FB" w:rsidR="00E12235" w:rsidRPr="00B60BC4" w:rsidRDefault="00E12235" w:rsidP="00E12235">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B60BC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Policy Statement on the Recruitment of Ex-offenders</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="238AA5CC" w14:textId="77777777" w:rsidR="00E12235" w:rsidRPr="00B60BC4" w:rsidRDefault="00E12235" w:rsidP="00E12235">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1907583B" w14:textId="77777777" w:rsidR="00E12235" w:rsidRPr="007449C1" w:rsidRDefault="00E12235" w:rsidP="00E12235">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1282"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -14496,71 +15003,51 @@
     <w:p w14:paraId="459D7564" w14:textId="77777777" w:rsidR="00E12235" w:rsidRPr="007449C1" w:rsidRDefault="00E12235" w:rsidP="00E12235">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1282"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007449C1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">This school actively promotes equality of opportunity for all with the right mix of talent, skills and potential and </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> applications from a wide range of candidates, including those with criminal records.  </w:t>
+        <w:t xml:space="preserve">This school actively promotes equality of opportunity for all with the right mix of talent, skills and potential and welcome applications from a wide range of candidates, including those with criminal records.  </w:t>
       </w:r>
       <w:r w:rsidRPr="007449C1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Candidates are selected for interview based on their skills, qualifications and experience and criminal record information is only requested from short-listed candidates.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44AD4782" w14:textId="77777777" w:rsidR="00E12235" w:rsidRPr="007449C1" w:rsidRDefault="00E12235" w:rsidP="00E12235">
       <w:pPr>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="469D1952" w14:textId="77777777" w:rsidR="00E12235" w:rsidRPr="007449C1" w:rsidRDefault="00E12235" w:rsidP="00E12235">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -14961,58 +15448,58 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C3397C" w:rsidRPr="007449C1" w:rsidSect="003B268F">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="568" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="15" w:other="15"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5030DBF6" w14:textId="77777777" w:rsidR="00F461D8" w:rsidRDefault="00F461D8">
+    <w:p w14:paraId="032F8C41" w14:textId="77777777" w:rsidR="003C601E" w:rsidRDefault="003C601E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E0AE661" w14:textId="77777777" w:rsidR="00F461D8" w:rsidRDefault="00F461D8">
+    <w:p w14:paraId="5407B00A" w14:textId="77777777" w:rsidR="003C601E" w:rsidRDefault="003C601E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -15040,65 +15527,65 @@
     <w:altName w:val="Segoe UI Symbol"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="33262B87" w14:textId="4BABEBDF" w:rsidR="00B60415" w:rsidRDefault="001B6257">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F3F2DA4" wp14:editId="22ACFB51">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>6497955</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>63500</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="390265" cy="490855"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
@@ -15415,58 +15902,58 @@
                     </w:pPr>
                     <w:r w:rsidRPr="00B60415">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL - SENSITIVE</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7062AF76" w14:textId="77777777" w:rsidR="00F461D8" w:rsidRDefault="00F461D8">
+    <w:p w14:paraId="2B2AA404" w14:textId="77777777" w:rsidR="003C601E" w:rsidRDefault="003C601E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CFD1CF1" w14:textId="77777777" w:rsidR="00F461D8" w:rsidRDefault="00F461D8">
+    <w:p w14:paraId="264BA012" w14:textId="77777777" w:rsidR="003C601E" w:rsidRDefault="003C601E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5DA22D3B" w14:textId="4B0FFD2A" w:rsidR="001B6257" w:rsidRPr="00395A22" w:rsidRDefault="00B0410A" w:rsidP="009D717F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
@@ -20177,233 +20664,240 @@
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1945306102">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:printFractionalCharacterWidth/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00052207"/>
     <w:rsid w:val="000043EF"/>
     <w:rsid w:val="0000627A"/>
     <w:rsid w:val="000071CB"/>
     <w:rsid w:val="00010511"/>
     <w:rsid w:val="0001474E"/>
     <w:rsid w:val="00014C37"/>
     <w:rsid w:val="000231EA"/>
     <w:rsid w:val="000244EB"/>
     <w:rsid w:val="000262B4"/>
     <w:rsid w:val="000269E2"/>
     <w:rsid w:val="00031986"/>
     <w:rsid w:val="00032383"/>
     <w:rsid w:val="00033B36"/>
     <w:rsid w:val="000344AB"/>
     <w:rsid w:val="00036AC2"/>
     <w:rsid w:val="00043D72"/>
     <w:rsid w:val="0004623C"/>
     <w:rsid w:val="00052207"/>
     <w:rsid w:val="00055193"/>
     <w:rsid w:val="000569F8"/>
     <w:rsid w:val="0007585C"/>
     <w:rsid w:val="000842A8"/>
     <w:rsid w:val="0008554F"/>
     <w:rsid w:val="00085FAC"/>
     <w:rsid w:val="00086A3D"/>
     <w:rsid w:val="000873C1"/>
     <w:rsid w:val="00092D96"/>
     <w:rsid w:val="000B2498"/>
+    <w:rsid w:val="000C4ACA"/>
     <w:rsid w:val="000D4440"/>
     <w:rsid w:val="000D5AFA"/>
     <w:rsid w:val="000E25F3"/>
     <w:rsid w:val="000E7F9F"/>
     <w:rsid w:val="000F1997"/>
     <w:rsid w:val="000F21AD"/>
     <w:rsid w:val="000F4340"/>
     <w:rsid w:val="000F48F2"/>
     <w:rsid w:val="000F4B79"/>
     <w:rsid w:val="000F55DC"/>
     <w:rsid w:val="0010293B"/>
     <w:rsid w:val="001062F4"/>
     <w:rsid w:val="00110D04"/>
     <w:rsid w:val="001301E8"/>
     <w:rsid w:val="00130F27"/>
     <w:rsid w:val="0013496C"/>
     <w:rsid w:val="001454F4"/>
     <w:rsid w:val="00154606"/>
     <w:rsid w:val="0015557E"/>
+    <w:rsid w:val="001671F6"/>
     <w:rsid w:val="00171698"/>
     <w:rsid w:val="00176079"/>
     <w:rsid w:val="001844F4"/>
     <w:rsid w:val="0019370A"/>
     <w:rsid w:val="00193F59"/>
     <w:rsid w:val="00194FBD"/>
     <w:rsid w:val="001A02E3"/>
     <w:rsid w:val="001A425B"/>
     <w:rsid w:val="001A4488"/>
     <w:rsid w:val="001B4189"/>
     <w:rsid w:val="001B6257"/>
     <w:rsid w:val="001B7647"/>
     <w:rsid w:val="001C15E5"/>
     <w:rsid w:val="001D7C75"/>
     <w:rsid w:val="001E0CF4"/>
     <w:rsid w:val="001E6B13"/>
     <w:rsid w:val="002067C1"/>
     <w:rsid w:val="002106C9"/>
     <w:rsid w:val="00217A4A"/>
     <w:rsid w:val="00220F25"/>
     <w:rsid w:val="00222CDD"/>
     <w:rsid w:val="0022512F"/>
     <w:rsid w:val="00225E3A"/>
     <w:rsid w:val="00227887"/>
     <w:rsid w:val="00230632"/>
     <w:rsid w:val="00230AAA"/>
     <w:rsid w:val="00231C52"/>
     <w:rsid w:val="00232A76"/>
     <w:rsid w:val="00233A72"/>
     <w:rsid w:val="00235487"/>
     <w:rsid w:val="00235E24"/>
     <w:rsid w:val="00241178"/>
     <w:rsid w:val="002451F6"/>
     <w:rsid w:val="002455A9"/>
     <w:rsid w:val="002474FA"/>
     <w:rsid w:val="00253D23"/>
     <w:rsid w:val="00260E3E"/>
     <w:rsid w:val="00267B8B"/>
     <w:rsid w:val="00270A3B"/>
     <w:rsid w:val="00270DD8"/>
     <w:rsid w:val="00271655"/>
     <w:rsid w:val="00282F8B"/>
     <w:rsid w:val="0028421D"/>
     <w:rsid w:val="00287B99"/>
     <w:rsid w:val="002923B6"/>
     <w:rsid w:val="002A731F"/>
     <w:rsid w:val="002A79E9"/>
     <w:rsid w:val="002A7F3D"/>
     <w:rsid w:val="002B358B"/>
+    <w:rsid w:val="002B6B11"/>
     <w:rsid w:val="002C415D"/>
     <w:rsid w:val="002C5262"/>
     <w:rsid w:val="002C6F81"/>
     <w:rsid w:val="002D1E83"/>
     <w:rsid w:val="002D2A8F"/>
     <w:rsid w:val="002E3482"/>
     <w:rsid w:val="002E6DC7"/>
     <w:rsid w:val="002F50CE"/>
     <w:rsid w:val="002F7B00"/>
     <w:rsid w:val="003005AA"/>
     <w:rsid w:val="003031A2"/>
     <w:rsid w:val="003048AE"/>
     <w:rsid w:val="00307188"/>
     <w:rsid w:val="00307F55"/>
+    <w:rsid w:val="00310ED1"/>
     <w:rsid w:val="00322B8C"/>
     <w:rsid w:val="0033272F"/>
     <w:rsid w:val="00332911"/>
     <w:rsid w:val="00340E5B"/>
     <w:rsid w:val="003571A0"/>
     <w:rsid w:val="003605ED"/>
     <w:rsid w:val="00362F32"/>
     <w:rsid w:val="003714B3"/>
     <w:rsid w:val="00374797"/>
     <w:rsid w:val="00377AFD"/>
     <w:rsid w:val="0038104B"/>
     <w:rsid w:val="003901E1"/>
     <w:rsid w:val="00394C0A"/>
     <w:rsid w:val="00395541"/>
     <w:rsid w:val="00395A22"/>
     <w:rsid w:val="003B268F"/>
     <w:rsid w:val="003B38C6"/>
     <w:rsid w:val="003B78F4"/>
     <w:rsid w:val="003C3377"/>
     <w:rsid w:val="003C3C21"/>
     <w:rsid w:val="003C5E4A"/>
+    <w:rsid w:val="003C601E"/>
     <w:rsid w:val="003C7E93"/>
     <w:rsid w:val="003D5312"/>
     <w:rsid w:val="003D64C1"/>
     <w:rsid w:val="003D75E0"/>
     <w:rsid w:val="003D7D99"/>
     <w:rsid w:val="003E1802"/>
     <w:rsid w:val="003E5E0E"/>
     <w:rsid w:val="003E6183"/>
     <w:rsid w:val="003F603C"/>
     <w:rsid w:val="003F77A4"/>
     <w:rsid w:val="00404007"/>
     <w:rsid w:val="004051D7"/>
     <w:rsid w:val="00411807"/>
     <w:rsid w:val="004122FE"/>
     <w:rsid w:val="00413D4D"/>
     <w:rsid w:val="00413F3E"/>
     <w:rsid w:val="004264D1"/>
     <w:rsid w:val="00427461"/>
     <w:rsid w:val="00430033"/>
     <w:rsid w:val="00430412"/>
     <w:rsid w:val="00432BC5"/>
     <w:rsid w:val="00437567"/>
     <w:rsid w:val="0044396F"/>
+    <w:rsid w:val="00444165"/>
     <w:rsid w:val="00467ED5"/>
     <w:rsid w:val="004843D5"/>
+    <w:rsid w:val="0048614A"/>
     <w:rsid w:val="004863E7"/>
     <w:rsid w:val="00486985"/>
     <w:rsid w:val="00486C12"/>
     <w:rsid w:val="0049534C"/>
     <w:rsid w:val="00497E45"/>
+    <w:rsid w:val="004A2B69"/>
     <w:rsid w:val="004A6B21"/>
     <w:rsid w:val="004B42E2"/>
     <w:rsid w:val="004B548E"/>
     <w:rsid w:val="004B5C7F"/>
     <w:rsid w:val="004B5E4D"/>
     <w:rsid w:val="004B71D9"/>
     <w:rsid w:val="004C19B8"/>
     <w:rsid w:val="004C53FD"/>
     <w:rsid w:val="004D19CC"/>
     <w:rsid w:val="004E1AC4"/>
     <w:rsid w:val="004E2E17"/>
     <w:rsid w:val="004F0C32"/>
     <w:rsid w:val="00500C7A"/>
     <w:rsid w:val="0052366F"/>
     <w:rsid w:val="005318F7"/>
     <w:rsid w:val="00536A0D"/>
     <w:rsid w:val="005375FE"/>
     <w:rsid w:val="00542488"/>
     <w:rsid w:val="00544C8D"/>
     <w:rsid w:val="00545399"/>
     <w:rsid w:val="00545708"/>
     <w:rsid w:val="00550071"/>
     <w:rsid w:val="00553F2A"/>
     <w:rsid w:val="005632D3"/>
     <w:rsid w:val="005709EA"/>
@@ -20420,358 +20914,379 @@
     <w:rsid w:val="005D31CF"/>
     <w:rsid w:val="005D3617"/>
     <w:rsid w:val="005E4264"/>
     <w:rsid w:val="005E4AEE"/>
     <w:rsid w:val="005F052B"/>
     <w:rsid w:val="0060019B"/>
     <w:rsid w:val="006024E8"/>
     <w:rsid w:val="00606CB7"/>
     <w:rsid w:val="006125F1"/>
     <w:rsid w:val="00615271"/>
     <w:rsid w:val="0062137B"/>
     <w:rsid w:val="0062167C"/>
     <w:rsid w:val="006234D8"/>
     <w:rsid w:val="006258DF"/>
     <w:rsid w:val="006328FC"/>
     <w:rsid w:val="00632FCE"/>
     <w:rsid w:val="00640509"/>
     <w:rsid w:val="00645B5A"/>
     <w:rsid w:val="00655E6D"/>
     <w:rsid w:val="00661474"/>
     <w:rsid w:val="0066545F"/>
     <w:rsid w:val="006732A1"/>
     <w:rsid w:val="006738AE"/>
     <w:rsid w:val="00674F97"/>
     <w:rsid w:val="00676F5D"/>
+    <w:rsid w:val="00677B5A"/>
     <w:rsid w:val="00681C36"/>
     <w:rsid w:val="00683576"/>
     <w:rsid w:val="00683774"/>
+    <w:rsid w:val="00684AB4"/>
     <w:rsid w:val="00690771"/>
     <w:rsid w:val="00693F63"/>
     <w:rsid w:val="006948B3"/>
     <w:rsid w:val="006959AA"/>
     <w:rsid w:val="006A6521"/>
     <w:rsid w:val="006B0888"/>
     <w:rsid w:val="006C0541"/>
     <w:rsid w:val="006C74B4"/>
     <w:rsid w:val="006D15E4"/>
     <w:rsid w:val="006D4254"/>
     <w:rsid w:val="006E03C9"/>
     <w:rsid w:val="006E31C7"/>
     <w:rsid w:val="006E60DD"/>
     <w:rsid w:val="006F63DC"/>
     <w:rsid w:val="007016D5"/>
     <w:rsid w:val="0071779C"/>
     <w:rsid w:val="00722BE0"/>
     <w:rsid w:val="00726821"/>
     <w:rsid w:val="00731C31"/>
     <w:rsid w:val="00733A69"/>
     <w:rsid w:val="0073452B"/>
     <w:rsid w:val="007449C1"/>
     <w:rsid w:val="0075158F"/>
     <w:rsid w:val="007548DA"/>
     <w:rsid w:val="00760085"/>
     <w:rsid w:val="007609D2"/>
     <w:rsid w:val="00770635"/>
     <w:rsid w:val="00771C89"/>
+    <w:rsid w:val="00781862"/>
     <w:rsid w:val="00782087"/>
     <w:rsid w:val="007862B2"/>
     <w:rsid w:val="00791803"/>
     <w:rsid w:val="00795740"/>
     <w:rsid w:val="007A15E9"/>
     <w:rsid w:val="007A18E1"/>
     <w:rsid w:val="007A55EC"/>
     <w:rsid w:val="007B01E1"/>
     <w:rsid w:val="007B0EB5"/>
     <w:rsid w:val="007B0FB5"/>
     <w:rsid w:val="007B10D7"/>
     <w:rsid w:val="007B4623"/>
+    <w:rsid w:val="007B60D3"/>
     <w:rsid w:val="007F3031"/>
     <w:rsid w:val="00800AC0"/>
     <w:rsid w:val="0080117A"/>
     <w:rsid w:val="00803727"/>
     <w:rsid w:val="00804F2B"/>
     <w:rsid w:val="00810403"/>
     <w:rsid w:val="008107E3"/>
     <w:rsid w:val="00811B8D"/>
     <w:rsid w:val="00820DA8"/>
+    <w:rsid w:val="0082541E"/>
     <w:rsid w:val="0083173F"/>
     <w:rsid w:val="0083393A"/>
     <w:rsid w:val="008523DE"/>
     <w:rsid w:val="00860EB1"/>
     <w:rsid w:val="008623C6"/>
     <w:rsid w:val="0086464E"/>
     <w:rsid w:val="00866C2F"/>
     <w:rsid w:val="00872A4F"/>
     <w:rsid w:val="00873058"/>
     <w:rsid w:val="00874031"/>
     <w:rsid w:val="008751C2"/>
     <w:rsid w:val="00876C71"/>
+    <w:rsid w:val="008803BC"/>
     <w:rsid w:val="0088221C"/>
     <w:rsid w:val="00897CD5"/>
     <w:rsid w:val="008B123B"/>
     <w:rsid w:val="008B23A7"/>
+    <w:rsid w:val="008C262B"/>
     <w:rsid w:val="008C31C8"/>
     <w:rsid w:val="008C3D20"/>
     <w:rsid w:val="008C7B5E"/>
+    <w:rsid w:val="008D0839"/>
     <w:rsid w:val="008D1A37"/>
     <w:rsid w:val="008D3F6E"/>
     <w:rsid w:val="008D4710"/>
     <w:rsid w:val="008D5796"/>
     <w:rsid w:val="008E1098"/>
     <w:rsid w:val="008E4473"/>
     <w:rsid w:val="008E49A7"/>
     <w:rsid w:val="008F2004"/>
     <w:rsid w:val="008F5FA0"/>
     <w:rsid w:val="009035C9"/>
     <w:rsid w:val="009059A3"/>
     <w:rsid w:val="00905E1E"/>
     <w:rsid w:val="009223F8"/>
     <w:rsid w:val="0092459C"/>
     <w:rsid w:val="00930030"/>
     <w:rsid w:val="009316C6"/>
     <w:rsid w:val="00931CA6"/>
     <w:rsid w:val="0093510B"/>
     <w:rsid w:val="0093650B"/>
     <w:rsid w:val="009401EB"/>
     <w:rsid w:val="00941066"/>
     <w:rsid w:val="0094349E"/>
     <w:rsid w:val="009567B1"/>
     <w:rsid w:val="00963096"/>
     <w:rsid w:val="00965936"/>
     <w:rsid w:val="009759CA"/>
     <w:rsid w:val="009765F3"/>
     <w:rsid w:val="0097741A"/>
     <w:rsid w:val="00977AA8"/>
     <w:rsid w:val="00983C6C"/>
+    <w:rsid w:val="0099514D"/>
     <w:rsid w:val="00997180"/>
     <w:rsid w:val="00997849"/>
     <w:rsid w:val="009A0679"/>
     <w:rsid w:val="009A0E7C"/>
     <w:rsid w:val="009A705B"/>
     <w:rsid w:val="009A7E98"/>
     <w:rsid w:val="009B3291"/>
     <w:rsid w:val="009B78E3"/>
     <w:rsid w:val="009B7EC7"/>
     <w:rsid w:val="009C0D9C"/>
     <w:rsid w:val="009C1811"/>
     <w:rsid w:val="009C6095"/>
     <w:rsid w:val="009C690F"/>
     <w:rsid w:val="009C7F1D"/>
     <w:rsid w:val="009D2E79"/>
     <w:rsid w:val="009D717F"/>
     <w:rsid w:val="009D77B6"/>
     <w:rsid w:val="009E0312"/>
     <w:rsid w:val="009E3A59"/>
     <w:rsid w:val="009E70DA"/>
     <w:rsid w:val="00A02708"/>
+    <w:rsid w:val="00A115B1"/>
     <w:rsid w:val="00A31F01"/>
     <w:rsid w:val="00A326B1"/>
     <w:rsid w:val="00A401A9"/>
     <w:rsid w:val="00A40E96"/>
     <w:rsid w:val="00A416C8"/>
     <w:rsid w:val="00A43921"/>
     <w:rsid w:val="00A62365"/>
     <w:rsid w:val="00A75489"/>
     <w:rsid w:val="00A84EDB"/>
     <w:rsid w:val="00A85733"/>
     <w:rsid w:val="00A92CFE"/>
     <w:rsid w:val="00A9310A"/>
     <w:rsid w:val="00A9405B"/>
     <w:rsid w:val="00A96895"/>
     <w:rsid w:val="00AB08A3"/>
     <w:rsid w:val="00AC0F42"/>
     <w:rsid w:val="00AC1094"/>
     <w:rsid w:val="00AC28DD"/>
     <w:rsid w:val="00AC3497"/>
     <w:rsid w:val="00AC70BB"/>
     <w:rsid w:val="00AE7F36"/>
     <w:rsid w:val="00AF1564"/>
     <w:rsid w:val="00AF198D"/>
     <w:rsid w:val="00AF2BE5"/>
     <w:rsid w:val="00AF3F80"/>
     <w:rsid w:val="00B00E01"/>
     <w:rsid w:val="00B01252"/>
     <w:rsid w:val="00B03522"/>
     <w:rsid w:val="00B0410A"/>
     <w:rsid w:val="00B0435F"/>
     <w:rsid w:val="00B30148"/>
     <w:rsid w:val="00B34C8C"/>
     <w:rsid w:val="00B42D6E"/>
     <w:rsid w:val="00B42FCE"/>
     <w:rsid w:val="00B540B2"/>
     <w:rsid w:val="00B60415"/>
     <w:rsid w:val="00B60BC4"/>
+    <w:rsid w:val="00B62414"/>
     <w:rsid w:val="00B655DF"/>
     <w:rsid w:val="00B674B1"/>
     <w:rsid w:val="00B71D95"/>
     <w:rsid w:val="00B72D6A"/>
     <w:rsid w:val="00B73B1D"/>
     <w:rsid w:val="00B7675D"/>
     <w:rsid w:val="00B83E92"/>
+    <w:rsid w:val="00B87B69"/>
     <w:rsid w:val="00B92227"/>
     <w:rsid w:val="00B94E4D"/>
     <w:rsid w:val="00B97F1B"/>
     <w:rsid w:val="00BA1C2A"/>
     <w:rsid w:val="00BA235B"/>
     <w:rsid w:val="00BA2A5C"/>
     <w:rsid w:val="00BA3FDF"/>
     <w:rsid w:val="00BA4633"/>
     <w:rsid w:val="00BB16D6"/>
     <w:rsid w:val="00BB2720"/>
     <w:rsid w:val="00BB3050"/>
     <w:rsid w:val="00BB6D9F"/>
     <w:rsid w:val="00BC2894"/>
     <w:rsid w:val="00BC30BE"/>
     <w:rsid w:val="00BD46D3"/>
     <w:rsid w:val="00BE259D"/>
     <w:rsid w:val="00BE4E1E"/>
     <w:rsid w:val="00BF25CB"/>
     <w:rsid w:val="00BF2BBB"/>
     <w:rsid w:val="00C05F2B"/>
     <w:rsid w:val="00C132DB"/>
     <w:rsid w:val="00C155A8"/>
     <w:rsid w:val="00C15E90"/>
     <w:rsid w:val="00C16E75"/>
     <w:rsid w:val="00C21D16"/>
     <w:rsid w:val="00C23311"/>
     <w:rsid w:val="00C2340A"/>
     <w:rsid w:val="00C2507D"/>
+    <w:rsid w:val="00C25A2A"/>
     <w:rsid w:val="00C270E8"/>
     <w:rsid w:val="00C3397C"/>
     <w:rsid w:val="00C411A5"/>
     <w:rsid w:val="00C5192D"/>
     <w:rsid w:val="00C548F1"/>
     <w:rsid w:val="00C573EB"/>
     <w:rsid w:val="00C61BC3"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C80339"/>
     <w:rsid w:val="00C81126"/>
     <w:rsid w:val="00C820C2"/>
     <w:rsid w:val="00C84F3E"/>
     <w:rsid w:val="00C8563A"/>
     <w:rsid w:val="00C86DE7"/>
     <w:rsid w:val="00C95655"/>
     <w:rsid w:val="00CB3189"/>
     <w:rsid w:val="00CB634F"/>
+    <w:rsid w:val="00CC0478"/>
     <w:rsid w:val="00CC3762"/>
     <w:rsid w:val="00CD082E"/>
     <w:rsid w:val="00CD492B"/>
     <w:rsid w:val="00CD6B47"/>
     <w:rsid w:val="00CE1C78"/>
     <w:rsid w:val="00CE5D24"/>
     <w:rsid w:val="00D0028E"/>
     <w:rsid w:val="00D06370"/>
     <w:rsid w:val="00D12B89"/>
     <w:rsid w:val="00D1339B"/>
     <w:rsid w:val="00D143C1"/>
     <w:rsid w:val="00D20BDD"/>
     <w:rsid w:val="00D27F47"/>
     <w:rsid w:val="00D42A6D"/>
     <w:rsid w:val="00D44E00"/>
     <w:rsid w:val="00D45CC0"/>
     <w:rsid w:val="00D4636C"/>
     <w:rsid w:val="00D50A89"/>
     <w:rsid w:val="00D50E5C"/>
     <w:rsid w:val="00D613D6"/>
     <w:rsid w:val="00D62B23"/>
     <w:rsid w:val="00D76C35"/>
     <w:rsid w:val="00D77E00"/>
     <w:rsid w:val="00D94D47"/>
     <w:rsid w:val="00D956EE"/>
     <w:rsid w:val="00DA02DD"/>
     <w:rsid w:val="00DA6F53"/>
     <w:rsid w:val="00DA7AAA"/>
+    <w:rsid w:val="00DB575E"/>
     <w:rsid w:val="00DC49C0"/>
     <w:rsid w:val="00DC60D7"/>
     <w:rsid w:val="00DC78D2"/>
     <w:rsid w:val="00DD265A"/>
     <w:rsid w:val="00DD3571"/>
     <w:rsid w:val="00DE0051"/>
     <w:rsid w:val="00DF3B81"/>
+    <w:rsid w:val="00DF768B"/>
     <w:rsid w:val="00E022CC"/>
     <w:rsid w:val="00E05445"/>
     <w:rsid w:val="00E05E0F"/>
     <w:rsid w:val="00E12235"/>
     <w:rsid w:val="00E16881"/>
     <w:rsid w:val="00E25A85"/>
     <w:rsid w:val="00E32795"/>
     <w:rsid w:val="00E34DFB"/>
     <w:rsid w:val="00E4004B"/>
+    <w:rsid w:val="00E406DC"/>
     <w:rsid w:val="00E41477"/>
     <w:rsid w:val="00E427FE"/>
     <w:rsid w:val="00E45096"/>
+    <w:rsid w:val="00E46423"/>
     <w:rsid w:val="00E51FC4"/>
     <w:rsid w:val="00E53CB8"/>
     <w:rsid w:val="00E616E4"/>
     <w:rsid w:val="00E65EEC"/>
     <w:rsid w:val="00E770E5"/>
     <w:rsid w:val="00E86A5C"/>
     <w:rsid w:val="00E90E35"/>
     <w:rsid w:val="00E9788A"/>
     <w:rsid w:val="00EA3968"/>
     <w:rsid w:val="00EA4E2A"/>
     <w:rsid w:val="00EA52F8"/>
+    <w:rsid w:val="00EB4142"/>
     <w:rsid w:val="00EC392E"/>
     <w:rsid w:val="00EC7FF7"/>
     <w:rsid w:val="00ED4151"/>
     <w:rsid w:val="00EE0480"/>
     <w:rsid w:val="00EE574C"/>
     <w:rsid w:val="00EE7955"/>
     <w:rsid w:val="00EF08EC"/>
     <w:rsid w:val="00EF13D4"/>
     <w:rsid w:val="00EF57AE"/>
     <w:rsid w:val="00F0006D"/>
     <w:rsid w:val="00F01006"/>
     <w:rsid w:val="00F0693C"/>
     <w:rsid w:val="00F07731"/>
     <w:rsid w:val="00F22296"/>
     <w:rsid w:val="00F22C2A"/>
     <w:rsid w:val="00F35201"/>
     <w:rsid w:val="00F42F34"/>
     <w:rsid w:val="00F4523F"/>
     <w:rsid w:val="00F45778"/>
     <w:rsid w:val="00F461D8"/>
     <w:rsid w:val="00F4740D"/>
     <w:rsid w:val="00F56CA6"/>
     <w:rsid w:val="00F63EE5"/>
     <w:rsid w:val="00F70B04"/>
     <w:rsid w:val="00F85A47"/>
     <w:rsid w:val="00F904D5"/>
     <w:rsid w:val="00FA0FE8"/>
     <w:rsid w:val="00FA67A5"/>
     <w:rsid w:val="00FA6897"/>
     <w:rsid w:val="00FB314E"/>
     <w:rsid w:val="00FB6C8C"/>
+    <w:rsid w:val="00FC56C8"/>
     <w:rsid w:val="00FC5FA3"/>
     <w:rsid w:val="00FD0FD0"/>
     <w:rsid w:val="00FD4A87"/>
     <w:rsid w:val="00FD5F96"/>
     <w:rsid w:val="00FD6B1B"/>
     <w:rsid w:val="00FE21BA"/>
     <w:rsid w:val="00FE3171"/>
     <w:rsid w:val="00FE5126"/>
+    <w:rsid w:val="00FE671B"/>
     <w:rsid w:val="00FF1A9D"/>
     <w:rsid w:val="00FF369F"/>
     <w:rsid w:val="00FF481B"/>
     <w:rsid w:val="00FF524C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="country-region"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -22571,71 +23086,52 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...19 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b7c0fb70-55d8-4a2d-88a2-1bf06b1ce9d5" xmlns:ns3="dbbd8fa3-dc72-415f-ac9d-0fb92fd6b1dd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f04dff5006d5723fbd99c7e6ee1343e9" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B5621172EE68FD468607339DADBD908A" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="db38259fead8f37e4edc4ee08725e138">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b7c0fb70-55d8-4a2d-88a2-1bf06b1ce9d5" xmlns:ns3="dbbd8fa3-dc72-415f-ac9d-0fb92fd6b1dd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9926c783e3735fc3bc5980b74783f278" ns2:_="" ns3:_="">
     <xsd:import namespace="b7c0fb70-55d8-4a2d-88a2-1bf06b1ce9d5"/>
     <xsd:import namespace="dbbd8fa3-dc72-415f-ac9d-0fb92fd6b1dd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -22824,143 +23320,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b7c0fb70-55d8-4a2d-88a2-1bf06b1ce9d5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="dbbd8fa3-dc72-415f-ac9d-0fb92fd6b1dd" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DA572F7-6A9D-4658-94A7-C83C71A2C81D}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F2FD57E-1AB1-44CF-AFCC-7FE5AD8DF971}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{901A4EB9-F859-466A-A45A-A612D56D09A9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB0376DF-703D-4B3E-A06E-4B291D2CCD51}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="b7c0fb70-55d8-4a2d-88a2-1bf06b1ce9d5"/>
     <ds:schemaRef ds:uri="dbbd8fa3-dc72-415f-ac9d-0fb92fd6b1dd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EF42024-B6BE-4C67-BE4A-2EE13F1FB556}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-  </ds:schemaRefs>
-[...25 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>PSG Requirement template</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>14016</Characters>
+  <Pages>14</Pages>
+  <Words>2697</Words>
+  <Characters>14435</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>116</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>801</Lines>
+  <Paragraphs>335</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Application Form - School Staff March 14 (2)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NorthgateArinso</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16442</CharactersWithSpaces>
+  <CharactersWithSpaces>16797</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>141</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.gov.uk/government/publications/dbs-sample-policy-on-the-recruitment-of-ex-offenders/sample-policy-on-the-recruitment-of-ex-offenders</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6422579</vt:i4>
       </vt:variant>
       <vt:variant>